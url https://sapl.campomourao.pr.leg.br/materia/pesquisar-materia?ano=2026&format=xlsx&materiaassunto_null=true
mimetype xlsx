--- v0 (2026-02-02)
+++ v1 (2026-03-29)
@@ -10,1077 +10,2091 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="639" uniqueCount="328">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1375" uniqueCount="662">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>64529</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>INDL</t>
   </si>
   <si>
     <t>INDICAÇÃO LEGISLATIVA</t>
   </si>
   <si>
     <t>JADIR SOARES (PEPITA)</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64529/6_i_l-_convenio_com_clubes_de_futebol_-_escolinha_nos_bairros.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64529/6_i_l-_convenio_com_clubes_de_futebol_-_escolinha_nos_bairros.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO A FIRMAR CONVÊNIOS COM CLUBES DE FUTEBOL PRIVADOS VISANDO À FORMAÇÃO ESPORTIVA DE BASE E À INCLUSÃO SOCIAL DE CRIANÇAS E ADOLESCENTES, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>64531</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>MARCIO BERBET</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64531/il.02.2026_-_meia_consulta.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64531/il.02.2026_-_meia_consulta.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM CLÍNICAS MÉDICAS, VISANDO A IMPLANTAÇÃO DO PROGRAMA MEIA-CONSULTA JUNTO AOS PACIENTES HIPOSSUFICIENTES DO MUNICÍPO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>64532</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64532/il.01.2026_-_cassacao_alvara_posto_combustivel.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64532/il.01.2026_-_cassacao_alvara_posto_combustivel.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CASSAÇÃO DO ALVARÁ DE FUNCIONAMENTO DE EMPRESAS E POSTOS ESTABELECIDOS NO MUNICÍPIO QUE REVENDEREM COMBUSTÍVEIS ADULTERADOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>64542</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>DR. ERALDO</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64542/image_001_2.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64542/image_001_2.pdf</t>
   </si>
   <si>
     <t>INDICA ao Poder Executivo Municipal a elaboração e encaminhamento de Projeto de Lei que altera dispositivos da Lei nº 1.009, de 25 de novembro de 1996, a afim de redefinir a simbologia e a referência dos cargos efetivos de Agente Administrativo, Fiscal Municipal, Secretária e Fotógrafo, promovendo o reenquadramento funcional correspondente.</t>
   </si>
   <si>
     <t>64544</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>ESCRIVÃO PARMA</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64544/2_-_qr_cod.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64544/2_-_qr_cod.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA DE TRANSPARÊNCIA EM OBRAS PÚBLICAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>64545</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64545/1_-_equoterapia.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64545/1_-_equoterapia.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE EQUOTERAPIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>64546</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64546/3_-_neuropediatria_2.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64546/3_-_neuropediatria_2.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR MÉDICOS NEUROPEDIATRA E HEMATOPEDIATRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>64551</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64551/4_-_programa_municipal_de_seguranca_preventiva_nas_unidades_da_rede_publica_e_privada_1.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64551/4_-_programa_municipal_de_seguranca_preventiva_nas_unidades_da_rede_publica_e_privada_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA MUNICIPAL DE SEGURANÇA PREVENTIVA NAS UNIDADES DA REDE PÚBLICA E PRIVADA DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>64552</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64552/5_-_pensando_no_futuro.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64552/5_-_pensando_no_futuro.pdf</t>
   </si>
   <si>
     <t>Institui o Marco do Desenvolvimento Socioeconômico, Regional e Inteligente; estabelece a Política Municipal “PENSANDO O FUTURO”, com horizonte de planejamento de 100 (cem) anos; define diretrizes estratégicas obrigatórias para a elaboração, revisão e execução do Plano Diretor, do Plano de Mobilidade Urbana, do Plano Plurianual (PPA), da Lei de Diretrizes Orçamentárias (LDO) e da Lei Orçamentária Anual (LOA); cria instrumentos permanentes de governança baseada em dados, inovação, compliance e transparência pública; institui mecanismos de estímulo à geração de empregos, aumento da renda, fortalecimento da indústria, do comércio local, do empreendedorismo e da inovação; estabelece diretrizes de integração regional no âmbito da COMCAM; cria programas estruturantes de cidadania, educação, tecnologia e desenvolvimento humano, e dá outras providências.</t>
   </si>
   <si>
     <t>64556</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64556/6_-_campanha_permanente_de_transito_nos_bairros_1.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64556/6_-_campanha_permanente_de_transito_nos_bairros_1.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Campanha Periódica de Orientação, Prevenção e Fiscalização de Trânsito nos bairros do Município de Campo Mourão – Paraná, com mapeamento de infrações, advertências e pontos críticos, e dá outras providências.</t>
   </si>
   <si>
     <t>64557</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>HÉLIO HG, JADIR SOARES (PEPITA), PROFESSOR GERALDO</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64557/1_il_-_renovacao-programa_familia_no_campo-completo.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64557/1_il_-_renovacao-programa_familia_no_campo-completo.pdf</t>
   </si>
   <si>
     <t>INDICA a Mesa Diretiva, o envio de ofício ao EXCELENTÍSSIMO SENHOR PREFEITO – JOÃO DOUGLAS FABRÍCIO, para que envie a esta Casa de Leis, o Projeto de Lei, que:_x000D_
 Institui o Programa Municipal “Família no Campo” para o Incentivo e Apoio aos Pequenos Produtores Rurais e Agricultura Familiar do Município de Campo Mourão e dá outras providências.</t>
   </si>
   <si>
     <t>64561</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64561/9-_campo_da_inovacao.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64561/9-_campo_da_inovacao.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA CAMPO DA INOVAÇÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>64562</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64562/21_-_politica_diabetes_1.pdf</t>
+    <t>EDILSON MARTINS, ESCRIVÃO PARMA</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64562/21_-_politica_diabetes_1.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE PREVENÇÃO E CONTROLE DO DIABETES NAS INSTITUIÇÕES DE ENSINO MUNICIPAL.</t>
   </si>
   <si>
     <t>64563</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64563/20_-_certificado_empresa_com_seguranca_sobre_rodas_2.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64563/20_-_certificado_empresa_com_seguranca_sobre_rodas_2.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO CERTIFICADO EMPRESA COM SEGURANÇA SOBRE RODAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>64580</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64580/il.03.2026_-_gps_transporte_escolar_1.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64580/il.03.2026_-_gps_transporte_escolar_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGAÇÃO DE INSTALAÇÃO DE SISTEMA DE POSICIONAMENTO GLOBAL - GPS NOS VEÍCULOS DE TRANSPORTE ESCOLAR NO MUNICÍPIO DE CAMPO MOURÃO.</t>
   </si>
   <si>
     <t>64604</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>HÉLIO HG</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64604/1_il_-_parceria_entre_municipio_e_moradores_para_revitalizacao_de_pracas.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64604/1_il_-_parceria_entre_municipio_e_moradores_para_revitalizacao_de_pracas.pdf</t>
   </si>
   <si>
     <t>INDICA a Mesa Diretiva, o envio de ofício ao EXCELENTÍSSIMO SENHOR PREFEITO – JOÃO DOUGLAS FABRÍCIO, para que envie a esta Casa de Leis, o Projeto de Lei, que:_x000D_
 Dispõe sobre a celebração de parcerias entre o Município e associações de bairro ou de moradores para a adoção, manutenção, ornamentação e conservação de praças, parques e demais áreas públicas no Município de Campo Mourão, e dá outras providências.</t>
   </si>
   <si>
+    <t>64611</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64611/il.04.2026_-_programa_incentivo_cid._ativa.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Incentivo à Cidadania Ativa no Município de Maringá, com concessão de recompensa por denúncias que resultem na identificação e responsabilização de autores de crimes e contravenções contra o patrimônio público, o meio ambiente e a ordem pública.</t>
+  </si>
+  <si>
+    <t>64612</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64612/il_-_centralizacao_e_dispensacao.pdf</t>
+  </si>
+  <si>
+    <t>“Institui a implantação de sistema de centralização de dispensação de medicamentos e a entrega domiciliar aos usuários do Sistema Municipal de Saúde, nos termos a seguir expostos.</t>
+  </si>
+  <si>
+    <t>64624</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64624/12-_escola_de_governo.pdf</t>
+  </si>
+  <si>
+    <t>CRIA “A ESCOLA DE GOVERNO”, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>64625</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64625/11_-_city_tour.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA DE PASSEIOS TURÍSTICOS, DENOMINADO “CITY TOUR”.</t>
+  </si>
+  <si>
+    <t>64626</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64626/13_-_famarcia_24_horas_na_upa.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DA FARMÁCIA 24 HORAS NA UNIDADE DE PRONTO ATENDIMENTO – UPA MARIA ZULEICA THEODORO</t>
+  </si>
+  <si>
+    <t>64651</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64651/5_i_l-renovadas_-_parcelamento_do_solo-completo.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE O PARCELAMENTO DO SOLO PARA A FORMAÇÃO DE CONDOMÍNIOS DE CHÁCARAS DE LAZER E PRODUÇÃO FAMILIAR NO MUNICÍPIO DE CAMPO MOURÃO, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>64652</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64652/4_i_l-renovacao_-_programa_municipal_armazem_da_familia.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A CRIAÇÃO DO “PROGRAMA MUNICIPAL ARMAZÉM DA FAMÍLIA”, NO MUNICÍPIO DE CAMPO MOURÃO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>64653</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64653/1_i_l-renovacao_-_cidadania_nos_bairros.pdf</t>
+  </si>
+  <si>
+    <t>“CRIA O PROGRAMA CIDADANIA NOS BAIRROS, DO MUNICÍPIO DE CAMPO MOURÃO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>64654</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64654/2_i_l-renovacao_-_altera_lei_4.042-2019_-_programa_municipal_de_apoio_aos_produtores_rurais_1.pdf</t>
+  </si>
+  <si>
+    <t>“ALTERA E ACRESCENTA DISPOSITIVOS NA LEI Nº 4.042 DE 26 DE JULHO DE 2019, QUE INSTITUI O PROGRAMA MUNICIPAL DE APOIO AOS_x000D_
+PRODUTORES RURAIS E AGRICULTORES FAMILIARES, E ESTABELECE OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>64655</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64655/3_i_l-renovacao_-_equipamentos_solares_nos_predios_publicos-completo.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A INSTALAÇÃO DE EQUIPAMENTOS SOLARES PARA GERAÇÃO DE ENERGIA NAS EDIFICAÇÕES PÚBLICAS DO MUNICÍPIO DE CAMPO MOURÃO, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>64660</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64660/15_-_pintura_a_cada_1_ano.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A OBRIGATORIEDADE DA PINTURA DAS FAIXAS DE PEDESTRES, A CADA UM ANO, NAS PROXIMIDADES DE ESTABELECIMENTOS EDUCACIONAIS PÚBLICOS E PRIVADOS, ESTABELECIMENTOS DE SAÚDE E IGREJAS.</t>
+  </si>
+  <si>
+    <t>64661</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64661/16_-_comercio_do_bem.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA “COMÉRCIO DO BEM”, PARA AUTORIZAR ENTIDADES ASSISTENCIAIS A EXPOR E COMERCIALIZAR PRODUTOS EM PRÓPRIOS MUNICIPAIS.</t>
+  </si>
+  <si>
+    <t>64662</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64662/14_-_fundo_comunitarias_das_entidades.pdf</t>
+  </si>
+  <si>
+    <t>CRIA O FUNDO COMUNITÁRIO DAS ENTIDADES SOCIOASSISTENCIAS.</t>
+  </si>
+  <si>
+    <t>64664</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>ELIANE DO CAFÉ, ELVIRA LIMA, HÉLIO HG, JADIR SOARES (PEPITA), MARCIO BERBET, MARCIO MORAES, PROFESSOR GERALDO, SIDNEI JARDIM, SUBTENENTE MACEDO</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64664/il.05.2026_-_guarda_municipal.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Guarda Municipal de Campo Mourão, dispõe sobre sua organização, estrutura, regime jurídico, cria a Corregedoria e a Ouvidoria da Guarda Municipal, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>64665</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>SIDNEI JARDIM</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64665/05-2026_dispoe_sobre_a_unificacao_de_matricula_dos_professores_que_detenham_dois___vinculos_com_municipio_de_campo_mourao_e_da_outras.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a Unificação de Matrícula dos Professores que detenham dois vínculos com_x000D_
+Município de Campo Mourão e dá outras providências”</t>
+  </si>
+  <si>
+    <t>64666</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64666/06-2026_cria_o_santuario_animal_no_municipio_de_campo_mourao_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>“Cria o santuário animal no Município de Campo Mourão e dá outras providências</t>
+  </si>
+  <si>
+    <t>64667</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64667/07-2026_assegura_prioridade_especial_de_atendimento_as_pessoas_com_idade_igual_ou_superior_a_80_oitenta_anos.pdf</t>
+  </si>
+  <si>
+    <t>“Assegura prioridade especial de atendimento às pessoas com idade igual ou superior a 80 (oitenta) anos sobre os demais beneficiários do_x000D_
+atendimento prioritário, no âmbito do Município de Campo Mourão.”</t>
+  </si>
+  <si>
+    <t>64668</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64668/08-2026_institui_a_distribuicao_de_ovos_de_chocolate_aos_alunos_da_rede_municipal_de_ensino_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>“Institui a distribuição de ovos de chocolate aos alunos da rede municipal de ensino e dá outras providências”</t>
+  </si>
+  <si>
+    <t>64669</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64669/01-2026_dispoe_sobre_a_obrigatoriedade_de_apresentacao_de_documentacao_por_pessoas_que_atuam_com_criancas_e_adolescentes_em_igrejas.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a obrigatoriedade de apresentação de documentação por pessoas que atuam com_x000D_
+crianças e adolescentes em igrejas, organizações não governamentais (ONGs), instituições educacionais e demais entidades que_x000D_
+desenvolvem atividades com o público infantojuvenil no Município de Campo Mourão, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>64670</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64670/02-2026_dispoe_sobre_a_obrigatoriedade_do_municipio_de_campo_mourao_em_garantir_a_realizacao_de_exa..pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a obrigatoriedade do Município de Campo Mourão em garantir a realização de exames e consultas especializadas no máximo de_x000D_
+60 (sessenta) dias a partir da solicitação médica, no âmbito do Sistema Único de Saúde- SUS municipal”</t>
+  </si>
+  <si>
+    <t>64671</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64671/03-2026_institui_no_ambito_do_municipio_de_campo_mourao_o_selo_escola_amiga_da_educacao_inclusiva_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Institui no âmbito do Município de Campo Mourão o Selo “Escola Amiga da Educação Inclusiva” e dá outras providências.</t>
+  </si>
+  <si>
+    <t>64672</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64672/04-2026_dispoe_sobre_diretrizes_para_a_instituicao_de_politica_publica_de_apoio_nutricional_aos_servidores_publicos.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre diretrizes para a instituição de política pública de apoio nutricional aos servidores públicos municipais inativos e_x000D_
+pensionistas vinculados ao Regime Próprio de Previdência Social do Município de Campo Mourão e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>64676</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64676/18_-_exame_cariotipo.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A GARANTIA DA REALIZAÇÃO DO EXAME DE CARIÓTIPO EM TODOS OS RECÉM-NASCIDOS QUE APRESENTAREM SINAIS INDICATIVOS DA SÍNDROME DE DOWN, NOS HOSPITAIS E MATERNIDADES</t>
+  </si>
+  <si>
+    <t>64677</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64677/17_-_isencao_de_iptu_para_pessoas_com_cancer.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA O PODER EXECUTIVO CONCEDER ISENÇÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU) ÀS PESSOAS PORTADORAS DE NEOPLASIA MALIGNA (TUMOR MALIGNO)</t>
+  </si>
+  <si>
+    <t>64678</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64678/19_-_agronegocio_tecnologico_e_logistico.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Estruturante de Desenvolvimento do Agronegócio Tecnológico e Logístico no Município de Campo Mourão, estabelece diretrizes para sua implementação e dá outras providências.</t>
+  </si>
+  <si>
+    <t>64684</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64684/09-2026_dispoe_sobre_o_descarte_irregular_de_lixo_entulho_de_obras_ou_demais_materiais_inserviveis_em_areas_publicas_ou_privadas.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o descarte irregular de lixo, entulho de obras_x000D_
+ou demais materiais inservíveis em áreas públicas ou_x000D_
+privadas.</t>
+  </si>
+  <si>
+    <t>64685</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64685/10-2026_estabelece_mecanismos_de_seguro_para_garantir_o_interesse_publico_nos_processos_de_licitacao_e_a_correta_aplicacao_dos_recursos_publicos.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE MECANISMOS DE SEGURO PARA GARANTIR O INTERESSE PÚBLICO NOS PROCESSOS DE LICITAÇÃO E A CORRETA APLICAÇÃO DOS RECURSOS PÚBLICOS</t>
+  </si>
+  <si>
+    <t>64686</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64686/11-2026_dispoe_sobre_o_monitoramento_com_a_utilizacao_de_cameras_para_flagrar_e_multar_descarte_de_lixo_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O MONITORAMENTO COM A UTILIZAÇÃO DE CÂMERAS PARA FLAGRAR E MULTAR DESCARTE DE LIXO, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>64687</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64687/12-2026_institui_o_termo_de_ajustamento_de_conduta_tac_no_ambito_do_poder_executivo_do_municipio_de_campo_mourao_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Institui o Termo de Ajustamento de Conduta (TAC) no âmbito do Poder Executivo do Município de Campo Mourão e dá outras providências</t>
+  </si>
+  <si>
+    <t>64688</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64688/2_il_-_renovacao-programa_turismo_para_idosos.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Turismo para Idosos, no âmbito do Município de Campo Mourão, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>64689</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64689/3_il_-_renovacao-adote_um_banco.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa “Adote um banco de praça”, no âmbito do Município de Campo Mourão, e dá outras providências.</t>
+  </si>
+  <si>
     <t>64533</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
-    <t>SIDNEI JARDIM</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64533/39_2025_projeto_de_lei_dispoe_sobre_a_vedacao_a_manifestacoes_politico-partidarias_em_apresentacoes_artisticas_custeadas_patrocinadas_ou_apoiadas_pelo_municipio_de_campo_mourao_assinado.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64533/39_2025_projeto_de_lei_dispoe_sobre_a_vedacao_a_manifestacoes_politico-partidarias_em_apresentacoes_artisticas_custeadas_patrocinadas_ou_apoiadas_pelo_municipio_de_campo_mourao_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a vedação a manifestações político-_x000D_
 partidárias em apresentações artísticas custeadas, patrocinadas ou apoiadas pelo Município de Campo Mourão, e estabelece penalidades.”.</t>
   </si>
   <si>
     <t>64534</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64534/42_2025_projeto_de_lei_dispoe_sobre_a_obrigatoriedade_de_apresentacao_de_documentacao_assinado.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64534/42_2025_projeto_de_lei_dispoe_sobre_a_obrigatoriedade_de_apresentacao_de_documentacao_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade de apresentação de_x000D_
 documentação por pessoas que atuam com crianças e_x000D_
 adolescentes em igrejas, organizações não_x000D_
 governamentais (ONGs), instituições educacionais e_x000D_
 demais entidades que desenvolvem atividades com o_x000D_
 público infantojuvenil no Município de Campo Mourão, e_x000D_
 dá outras providências.”</t>
   </si>
   <si>
     <t>64535</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64535/45_2026_projeto_de_lei_institui_a_cerimonia_oficial_de_possse_de_servidores_publicos_assinado.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64535/45_2026_projeto_de_lei_institui_a_cerimonia_oficial_de_possse_de_servidores_publicos_assinado.pdf</t>
   </si>
   <si>
     <t>Institui a Cerimônia Oficial de Posse de_x000D_
 Servidores Públicos Municipais e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>64536</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64536/38_2025_projeto_de_lei_dia_municipal_do_agente_de_combate_a_endemias_assinado.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64536/38_2025_projeto_de_lei_dia_municipal_do_agente_de_combate_a_endemias_assinado.pdf</t>
   </si>
   <si>
     <t>“Institui o “Dia Municipal do Agente de Combate a Endemias”, e dá outras providências”.</t>
   </si>
   <si>
     <t>64537</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64537/37_2025_projeto_de_lei_dispoe_sobre_a_obrigatoriedade_da_oferta_de_turmas_femininas_em_escolinhas_e_projetos_de_futebol_assinado.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64537/37_2025_projeto_de_lei_dispoe_sobre_a_obrigatoriedade_da_oferta_de_turmas_femininas_em_escolinhas_e_projetos_de_futebol_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade da oferta de turmas_x000D_
 femininas em escolinhas e projetos de futebol que_x000D_
 recebam recursos públicos municipais, sejam eles de_x000D_
 natureza financeira, material ou estrutural, no âmbito do_x000D_
 Município de Campo Mourão, e dá outras providências”.</t>
   </si>
   <si>
     <t>64538</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64538/44_2025_projeto_de_lei_dispoe_sobre_a_obrigatoriedade_do_municipio_de_campo_mourao_em_garantir_a_realizacao_de_exames_e_consultas_assinado.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64538/44_2025_projeto_de_lei_dispoe_sobre_a_obrigatoriedade_do_municipio_de_campo_mourao_em_garantir_a_realizacao_de_exames_e_consultas_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade do Município de Campo_x000D_
 Mourão em garantir a realização de exames e consultas_x000D_
 especializadas no máximo de 60 (sessenta) dias a partir_x000D_
 da solicitação médica, no âmbito do Sistema Único de_x000D_
 Saúde- SUS municipal”</t>
   </si>
   <si>
     <t>64539</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64539/43_2025_projeto_de_lei_institui_no_ambito_do_municipio_de_campo_mourao_a_politica_municipal_de_conscientizacao_e_prevencao_a_doacao_ilegal_de_bebes_assinado.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64539/43_2025_projeto_de_lei_institui_no_ambito_do_municipio_de_campo_mourao_a_politica_municipal_de_conscientizacao_e_prevencao_a_doacao_ilegal_de_bebes_assinado.pdf</t>
   </si>
   <si>
     <t>“Institui, no âmbito do Município de Campo Mourão, a_x000D_
 Política Municipal de Conscientização e Prevenção à_x000D_
 Doação Ilegal de Bebês, com foco na divulgação da_x000D_
 entrega voluntária legal, prevista no artigo 19-A do_x000D_
 Estatuto da Criança e do Adolescente (ECA).”</t>
   </si>
   <si>
     <t>64540</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64540/41_2025_projeto_de_lei_dispoe_sobre_a_inclusao_de_qr_nas_placas_informativas_da_zona_azul_assinado.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64540/41_2025_projeto_de_lei_dispoe_sobre_a_inclusao_de_qr_nas_placas_informativas_da_zona_azul_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a inclusão de QR nas placas informativas_x000D_
 da Zona Azul do Município de Campo Mourão,_x000D_
 direcionando ao aplicativo oficial do estacionamento_x000D_
 rotativo, para facilitar a instalação e utilização pelos_x000D_
 usuários, especialmente idosos, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>64541</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64541/40_2025_projeto_de_lei_institui_no_ambito_do_municipio_de_campo_mourao_o_selo_escola_assinado.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64541/40_2025_projeto_de_lei_institui_no_ambito_do_municipio_de_campo_mourao_o_selo_escola_assinado.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Campo Mourão o Selo_x000D_
 “Escola Amiga da Educação Inclusiva” e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>64547</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64547/image_003.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64547/image_003.pdf</t>
   </si>
   <si>
     <t>Cuidar de quem cuida – Programa Municipal de Visita Domiciliar Materna.</t>
   </si>
   <si>
     <t>64548</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64548/image_004.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64548/image_004.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a disponibilizar transporte público para o traslado de familiares e amigos em cerimônias fúnebres de pessoas comprovadamente vulneráveis economicamente, e dá outras providências.</t>
   </si>
   <si>
     <t>64549</t>
   </si>
   <si>
     <t>DR. ERALDO, HÉLIO HG</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64549/image_001_3.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64549/image_001_3.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a identificação de autoria parlamentar nos textos das leis municipais de inciativa do Poder Legislativo, após sanção e publicação, e dá outras providências.</t>
   </si>
   <si>
     <t>64550</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64550/image_005.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64550/image_005.pdf</t>
   </si>
   <si>
     <t>“Institui o Banco Municipal de Tempo e Talentos – BMTT no Município de Campo Mourão e dá outras providências.”</t>
   </si>
   <si>
     <t>64553</t>
   </si>
   <si>
     <t>EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64553/1-2229-2026_pl_14-2026.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64553/1-2229-2026_pl_14-2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Cargos, Carreiras e Vencimentos dos Servidores Públicos da Administração Direta do Município de Campo Mourão, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>64555</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64555/image_002.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64555/image_002.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos da Lei nº 3.402, de 22 de maio de 2014, que deu nova redação à Lei nº 2.284, de 21 de setembro de 2009, que dispõe sobre normas para declaração de utilidade pública de sociedade civis, associações e fundações constituídas no Município, e dá outras providências.”</t>
   </si>
   <si>
     <t>64558</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64558/1-2478-2026_pl_16-2026.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64558/1-2478-2026_pl_16-2026.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a alienar, mediante a realização de procedimento licitatório na modalidade de Leilão Público, o imóvel que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>64559</t>
   </si>
   <si>
-    <t>17</t>
-[...5 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64559/01-projeto_de_lei_-_pichacao.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64559/01-projeto_de_lei_-_pichacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PREVENÇÃO, REPRESSÃO E PUNIÇÃO DE ATOS DE PICHAÇÃO E DE GRAFITE SEM AUTORIZAÇÃO NO MUNICÍPIO DE CAMPO MOURÃO, ESTABELECE SANÇÕES ADMINISTRATIVAS, CRIA MECANISMO DE RECOMPENSA AO DENUNCIANTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>64560</t>
   </si>
   <si>
-    <t>18</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64560/pl.01.2026_-_combate_a_adultizacao_digital.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64560/pl.01.2026_-_combate_a_adultizacao_digital.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Campo Mourão, o Programa Municipal de Combate à Adultização Digital e dá outras providências.</t>
   </si>
   <si>
     <t>64564</t>
   </si>
   <si>
-    <t>19</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64564/3_-_programa_recomeco_1.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64564/3_-_programa_recomeco_1.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Recomeço no Município de Campo Mourão</t>
   </si>
   <si>
     <t>64565</t>
   </si>
   <si>
-    <t>20</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64565/1-_dia_do_policial_veterano_1.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64565/1-_dia_do_policial_veterano_1.pdf</t>
   </si>
   <si>
     <t>Insere no Calendário Oficial de Campo Mourão o Dia do Policial Militar Veterano, a ser celebrado anualmente em 1º de outubro, e dá outras providências.</t>
   </si>
   <si>
     <t>64566</t>
   </si>
   <si>
-    <t>21</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64566/4_-_dia_do_policial_civil.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64566/4_-_dia_do_policial_civil.pdf</t>
   </si>
   <si>
     <t>Insere no Calendário Oficial do Município de Campo Mourão o Dia do Policial Civil Veterano, a ser celebrado anualmente em 25 de setembro, e dá outras providências.</t>
   </si>
   <si>
     <t>64567</t>
   </si>
   <si>
-    <t>22</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64567/3194-2026_projeto_lei_22-2026.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64567/3194-2026_projeto_lei_22-2026.pdf</t>
   </si>
   <si>
     <t>Dá nova redação à Lei nº 1.112, de 14 de abril de 1998, que criou o COMUS/CM - Conselho Municipal de Saúde do Município de Campo Mourão, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>64568</t>
   </si>
   <si>
-    <t>23</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64568/3203-2025_projeto_lei_23-2026.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64568/3203-2025_projeto_lei_23-2026.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 3.605, de 23 de junho de 2015, que dispõe sobre a Política Municipal de Atendimento dos Direitos da Criança e do Adolescente, e dá outras providências.</t>
   </si>
   <si>
     <t>64569</t>
   </si>
   <si>
-    <t>24</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64569/3222-2026_projeto_lei_24-2026.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64569/3222-2026_projeto_lei_24-2026.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 4.858, de 30 de abril de 2025, a Lei nº 4.247, de 03 de dezembro de 2021, a Lei nº 1.272, de 08 de março de 2000, a Lei nº 881, de 23 de setembro de 1994, a Lei nº 812, de 22 de julho de 1993, e a Lei nº 595, de 22 de abril de 1988, que dispõem sobre a criação da Fundação de Esportes de Campo Mourão – FECAM, e dá outras providências.</t>
   </si>
   <si>
     <t>64570</t>
   </si>
   <si>
-    <t>25</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64570/3235-2026_projeto_lei_25-2026.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64570/3235-2026_projeto_lei_25-2026.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 4.152, de 06 de outubro de 2020, que institui o Programa “Campo Mourão + Ativa” para a promoção da saúde e qualidade de vida da população, de modo a combater o sedentarismo no Município de Campo Mourão, e dá outras providências.</t>
   </si>
   <si>
     <t>64571</t>
   </si>
   <si>
-    <t>26</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64571/3241-2026_projeto_lei_26-2026.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64571/3241-2026_projeto_lei_26-2026.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 4.273, de 15 de fevereiro de 2022, que dispõe sobre o Conselho Municipal dos Direitos da Mulher, o Plano Municipal de Políticas para as Mulheres, o Fundo Municipal dos Direitos da Mulher e a Conferência Municipal dos Direitos da Mulher, e dá outras providências.</t>
   </si>
   <si>
     <t>64572</t>
   </si>
   <si>
-    <t>27</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64572/3248-2025_projeto_lei_28-2025.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64572/3248-2025_projeto_lei_28-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 4.160, de 06 de novembro de 2020, que institui o “Selo Empresa Amiga do Programa Campo Mourão Mais Atleta” no Município de Campo Mourão, e dá outras providências.</t>
   </si>
   <si>
     <t>64573</t>
   </si>
   <si>
-    <t>28</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64573/3255-2026_projeto_lei_28-2026.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64573/3255-2026_projeto_lei_28-2026.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 4.159, de 06 de novembro de 2020, que institui o Programa “Campo Mourão Mais Atleta” no Município de Campo Mourão, e dá outras providências.</t>
   </si>
   <si>
     <t>64574</t>
   </si>
   <si>
-    <t>29</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64574/3261-2025_projeto_lei_29-2026.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64574/3261-2025_projeto_lei_29-2026.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 4.651, de 1º de março de 2024, que dispõe sobre a proibição da instalação, adequação e o uso comum de banheiros por pessoas de sexo biológico diferentes em todos os estabelecimentos comerciais, estudantis e órgãos públicos da administração direta ou indireta no Município de Campo Mourão, e dá outras providências.</t>
   </si>
   <si>
     <t>64575</t>
   </si>
   <si>
-    <t>30</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64575/6_-_institui_o_sistema_municipal_de_hubs_de_inovacao_e_solucoes_inteligentes.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64575/6_-_institui_o_sistema_municipal_de_hubs_de_inovacao_e_solucoes_inteligentes.pdf</t>
   </si>
   <si>
     <t>Institui o Sistema Municipal de Hubs de Inovação e Soluções Inteligentes</t>
   </si>
   <si>
     <t>64576</t>
   </si>
   <si>
-    <t>31</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64576/5_-_dia_dos_policiais_veteranos_das_forcas_de_seguranca_publica_1.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64576/5_-_dia_dos_policiais_veteranos_das_forcas_de_seguranca_publica_1.pdf</t>
   </si>
   <si>
     <t>Insere no Calendário Oficial do Município de Campo Mourão o Dia dos Policiais Veteranos das Forças de Segurança Pública, a ser celebrado anualmente em 24 de maio</t>
   </si>
   <si>
     <t>64577</t>
   </si>
   <si>
-    <t>32</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64577/3294-2026_projeto_lei_32-2026.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64577/3294-2026_projeto_lei_32-2026.pdf</t>
   </si>
   <si>
     <t>Acresce dispositivos na Lei nº 3.875, de 10 de novembro de 2017, que institui o Conselho de Desenvolvimento Econômico de Campo Mourão - CODECAM e o Fundo Municipal para o Desenvolvimento Econômico Estratégico - FMDEE, e dá outras providências.</t>
   </si>
   <si>
     <t>64578</t>
   </si>
   <si>
-    <t>33</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64578/3380-2026_projeto_lei__33-2026.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64578/3380-2026_projeto_lei__33-2026.pdf</t>
   </si>
   <si>
     <t>Altera e acresce dispositivos na Lei nº 3.850, de 13 de setembro de 2017, que cria os componentes municipais do Sistema de Segurança Alimentar e Nutricional - SISAN no Município de Campo Mourão, e dá outras providências.</t>
   </si>
   <si>
     <t>64579</t>
   </si>
   <si>
-    <t>34</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64579/3393-2026_projeto_lei_34-2026.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64579/3393-2026_projeto_lei_34-2026.pdf</t>
   </si>
   <si>
     <t>Altera a emenda e dispositivo da Lei nº 2.120, de 30 de agosto de 2006, que denomina “Masaco Kaneda” a praça localizada entre as ruas Turquesa, Jaburu e Oliveiras, do Conjunto Habitacional Diamante Azul na planta geral do Município.</t>
   </si>
   <si>
     <t>64581</t>
   </si>
   <si>
-    <t>35</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64581/pl.02.2026_-_politica_de_prevencao_e_combate_a_amputacao.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64581/pl.02.2026_-_politica_de_prevencao_e_combate_a_amputacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a política de prevenção e combate às amputações em pacientes diabéticos e dá outras providências.</t>
   </si>
   <si>
     <t>64582</t>
   </si>
   <si>
-    <t>36</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64582/7_-_ressarcimento_e_penalidade_quedas_de_energia.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64582/7_-_ressarcimento_e_penalidade_quedas_de_energia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigação de compensação automática às unidades consumidoras ou matrículas afetadas em caso de falha ou interrupção, sem aviso prévio, na prestação dos serviços de fornecimento de energia elétrica e de água no Município de Campo Mourão, e dá outras providências.</t>
   </si>
   <si>
     <t>64584</t>
   </si>
   <si>
-    <t>37</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64584/01_2026_sobre_diretrizes_para_a_instituicao_de_politica_publica_de_apoio_nutricional_aos_servidores_publicos_municipais_inativos_e_pensionistas_vinculados_ao_regime_proprio_de_previdencia_social.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64584/01_2026_sobre_diretrizes_para_a_instituicao_de_politica_publica_de_apoio_nutricional_aos_servidores_publicos_municipais_inativos_e_pensionistas_vinculados_ao_regime_proprio_de_previdencia_social.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre diretrizes para a instituição de política pública_x000D_
 de apoio nutricional aos servidores públicos municipais_x000D_
 inativos e pensionistas vinculados ao Regime Próprio de_x000D_
 Previdência Social</t>
   </si>
   <si>
     <t>64585</t>
   </si>
   <si>
-    <t>38</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64585/02_2026_autoriza_o_poder_executivo_a_conceder_auxilio_nutricional_aos_servidores_publicos_municipais_inativos_e_pensionistas_vinculados_ao_regime_proprio_de_previdencia_social.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64585/02_2026_autoriza_o_poder_executivo_a_conceder_auxilio_nutricional_aos_servidores_publicos_municipais_inativos_e_pensionistas_vinculados_ao_regime_proprio_de_previdencia_social.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a conceder auxílio_x000D_
 nutricional aos servidores públicos municipais inativos_x000D_
 e pensionistas vinculados ao Regime Próprio de_x000D_
 Previdência Social do Município de Campo Mourão e dá_x000D_
 outras providências."</t>
   </si>
   <si>
     <t>64586</t>
   </si>
   <si>
-    <t>39</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64586/image_003_1.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64586/image_003_1.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a organização da circulação, parada e estacionamento de veículos destinados ao transporte de pacientes vinculados ao sistema público de saúde no Município de Campo Mourão e dá outras providências.”</t>
   </si>
   <si>
     <t>64587</t>
   </si>
   <si>
-    <t>40</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64587/05_2026_projeto_de_lei_proibe_a_utilizacao_de_produtos_transgenicos_e_seus_derivados_na_merenda_escolar_da_rede_publica_municipal_de_ensino.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64587/05_2026_projeto_de_lei_proibe_a_utilizacao_de_produtos_transgenicos_e_seus_derivados_na_merenda_escolar_da_rede_publica_municipal_de_ensino.pdf</t>
   </si>
   <si>
     <t>PROÍBE A UTILIZAÇÃO DE PRODUTOS TRANSGÊNICOS E SEUS DERIVADOS NA MERENDA ESCOLAR DA REDE PÚBLICA_x000D_
 MUNICIPAL DE ENSINO</t>
   </si>
   <si>
     <t>64588</t>
   </si>
   <si>
-    <t>41</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64588/06_2026_projeto_de_lei_dispoe_sobre_a_obrigatoriedade_da_instalacao_de_cameras_de_monitoramento_nos_veiculos_escolares_no_ambito_do_municipio_de_campo_mourao_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64588/06_2026_projeto_de_lei_dispoe_sobre_a_obrigatoriedade_da_instalacao_de_cameras_de_monitoramento_nos_veiculos_escolares_no_ambito_do_municipio_de_campo_mourao_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da instalação de câmeras de monitoramento nos veículos_x000D_
 escolares no âmbito do Município de Campo Mourão, e dá outras providências.</t>
   </si>
   <si>
     <t>64589</t>
   </si>
   <si>
-    <t>42</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64589/07_2026_projeto_de_lei_dispoe_sobre_a_unificacao_de_matricula_dos_professores_que_detenham_dois___vinculos_com_municipio_de_campo_mourao_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64589/07_2026_projeto_de_lei_dispoe_sobre_a_unificacao_de_matricula_dos_professores_que_detenham_dois___vinculos_com_municipio_de_campo_mourao_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Unificação de Matrícula dos Professores que detenham dois vínculos com Município de Campo Mourão e dá outras</t>
   </si>
   <si>
     <t>64590</t>
   </si>
   <si>
-    <t>43</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64590/04_2026_projeto_de_lei_cria_o_santuario_animal_no_municipio_de_campo_mourao_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64590/04_2026_projeto_de_lei_cria_o_santuario_animal_no_municipio_de_campo_mourao_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Cria o santuário animal no Município de Campo Mourão e dá outras providências</t>
   </si>
   <si>
     <t>64591</t>
   </si>
   <si>
-    <t>44</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64591/03_2026_projeto_de_lei_dispoe_sobre_as_entregas_de_encomendas_por_trabalhadores_de_aplicativos_em_condominios_no_municipio_de_campo_mourao.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64591/03_2026_projeto_de_lei_dispoe_sobre_as_entregas_de_encomendas_por_trabalhadores_de_aplicativos_em_condominios_no_municipio_de_campo_mourao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as entregas de encomendas por trabalhadores de aplicativos em condomínios no Município de Campo Mourão</t>
   </si>
   <si>
     <t>64592</t>
   </si>
   <si>
-    <t>45</t>
-[...1 lines deleted...]
-  <si>
     <t>ELIANE DO CAFÉ</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64592/mil_dias.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64592/mil_dias.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Campo Mourão, a Semana Municipal de conscientização sobre os cuidados com as gestantes e as mães, com ênfase nos primeiros 1000(Mil) dias de vida, e da outras providências.</t>
   </si>
   <si>
     <t>64593</t>
   </si>
   <si>
-    <t>46</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64593/4094-2025_projeto_lei_46-2026.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64593/4094-2025_projeto_lei_46-2026.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 4.205, de 29 de junho de 2021, que institui o “Dia Mais Atleta”, a ser comemorado anualmente no Município de Campo Mourão, e dá outras providências.</t>
   </si>
   <si>
     <t>64594</t>
   </si>
   <si>
-    <t>47</t>
-[...2 lines deleted...]
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64594/4100-2025_projeto_lei_47-2026..pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64594/4100-2025_projeto_lei_47-2026..pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 3.252, de 02 de janeiro de 2013, que veda o auxílio financeiro as associações desportivas e equipes desportivas que remunerem seus atletas para participar de eventos amadores no Município de Campo Mourão, e dá outras providências.</t>
   </si>
   <si>
     <t>64595</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64595/4104-2025_projeto_lei_48-2026.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64595/4104-2025_projeto_lei_48-2026.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 2.897, de 03 de abril de 2012, que institui o Programa Terceira Idade em Ação.</t>
   </si>
   <si>
     <t>64596</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64596/4121-2026_projeto_lei_49-2026.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64596/4121-2026_projeto_lei_49-2026.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 2.509, de 05 de novembro de 2009, que institui o dia 11 de agosto, como “Dia Municipal do Garçom e da Garçonete Mourãoense”, e dá outras providências.</t>
   </si>
   <si>
     <t>64597</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64597/08_2026_projeto_de_lei_dproibe_o_comercio_de_exigir_o_cpf_do_consumidor_no_ato_da_compra_sem_informar_de_forma_adequada_e_clara_sobre_a_concessao_de_descontos.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64597/08_2026_projeto_de_lei_dproibe_o_comercio_de_exigir_o_cpf_do_consumidor_no_ato_da_compra_sem_informar_de_forma_adequada_e_clara_sobre_a_concessao_de_descontos.pdf</t>
   </si>
   <si>
     <t>“PROÍBE O COMÉRCIO DE EXIGIR O CPF DO CONSUMIDOR, NO ATO DA COMPRA, SEM INFORMAR DE FORMA ADEQUADA E CLARA_x000D_
 SOBRE A CONCESSÃO DE DESCONTOS, NO MUNICÍPIO DE CAMPO MOURÃO, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>64598</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64598/09_2026_projeto_de_lei_institui_o_projeto_vidas_gerando_vidas_dispoe_sobre_a_criacao_do_programa_de_incentivo_a_doacao_de_orgaos_tecidos_e_medula_ossea.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64598/09_2026_projeto_de_lei_institui_o_projeto_vidas_gerando_vidas_dispoe_sobre_a_criacao_do_programa_de_incentivo_a_doacao_de_orgaos_tecidos_e_medula_ossea.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto Vidas Gerando Vidas e dispõe sobre a criação do programa de incentivo à doação de órgãos, tecidos e medula óssea no_x000D_
 Município de Campo Mourão, e dá outras providências.</t>
   </si>
   <si>
     <t>64599</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64599/4145-2026_capa_projeto_lei_52-2026.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64599/4145-2026_capa_projeto_lei_52-2026.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 2.714, de 21 de junho de 2011, que institui no calendário oficial de eventos a Mostra de Talentos da Terceira Idade no Município de Campo Mourão.</t>
   </si>
   <si>
     <t>64600</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64600/image_004_1.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64600/image_004_1.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa Municipal de Alerta Rápido para Pessoas Desaparecidas e dá outras providências.”</t>
   </si>
   <si>
     <t>64601</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64601/10_-_institui_a_politica_municipal_de_integracao_das_entidades_socioassistenciais_1.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64601/10_-_institui_a_politica_municipal_de_integracao_das_entidades_socioassistenciais_1.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Integração das Entidades Socioassistenciais e dá outras providências.</t>
   </si>
   <si>
     <t>64602</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64602/9_-_semana_da_crianca.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64602/9_-_semana_da_crianca.pdf</t>
   </si>
   <si>
     <t>Institui a Semana da Criança e estabelece diretrizes gerais para a realização de atividades voltadas ao público infantil.</t>
   </si>
   <si>
     <t>64605</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64605/10_2026_projeto_de_lei_dispoe_sobre_a_possibilidade_de_conversao_do_pagamento_de_multas_de_transito_de_natureza_leve_aplicadas_pelo_municipio_de_campo_mourao.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64605/10_2026_projeto_de_lei_dispoe_sobre_a_possibilidade_de_conversao_do_pagamento_de_multas_de_transito_de_natureza_leve_aplicadas_pelo_municipio_de_campo_mourao.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a possibilidade de conversão do pagamento de multas de trânsito de natureza leve, aplicadas pelo Município de Campo Mourão,_x000D_
 em doação de sangue e de medula óssea"</t>
   </si>
   <si>
     <t>64606</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64606/12_2026_projeto_de_lei_dispoe_sobre_a_inclusao_de_atividades_e_conteudos_relativos_a_educacao_financeira_no_plano_curricular_das_escolas_da_rede_publica_municipal_de_ensino_de_campo_mourao.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64606/12_2026_projeto_de_lei_dispoe_sobre_a_inclusao_de_atividades_e_conteudos_relativos_a_educacao_financeira_no_plano_curricular_das_escolas_da_rede_publica_municipal_de_ensino_de_campo_mourao.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INCLUSÃO DE ATIVIDADES E CONTEÚDOS RELATIVOS À EDUCAÇÃO FINANCEIRA NO PLANO CURRICULAR DAS_x000D_
 ESCOLAS DA REDE PÚBLICA MUNICIPAL DE ENSINO DE CAMPO MOURÃO."</t>
   </si>
   <si>
     <t>64607</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64607/11_2026_projeto_de_lei_institui_o_programa_municipal_colorindo_meus_direitos_voltado_a_educacao_para_o_consumo_consciente_de_criancas_da_rede_municipal_de_ensino_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64607/11_2026_projeto_de_lei_institui_o_programa_municipal_colorindo_meus_direitos_voltado_a_educacao_para_o_consumo_consciente_de_criancas_da_rede_municipal_de_ensino_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa Municipal “Colorindo Meus Direitos”, voltado à educação para o consumo consciente de crianças da rede municipal de ensino, e dá outras providências.</t>
   </si>
   <si>
+    <t>64608</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>BINA</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64608/01._projeto_de_lei_jardim_europa_ok.pdf</t>
+  </si>
+  <si>
+    <t>“DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MORADORES DOS JARDINS EUROPA I E II E ITÁLIA”.</t>
+  </si>
+  <si>
+    <t>64609</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64609/12_-_incentivo_a_acoes_colaborativas_e_comunitarias_para_conservacao_uso_responsavel_e_desenvolvimento_de_acoes_sociais_em_espacos_publicos_municipais.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o incentivo a ações colaborativas e comunitárias para conservação, uso responsável e desenvolvimento de ações sociais em espaços públicos municipais no Município de Campo Mourão e dá outras providências.</t>
+  </si>
+  <si>
+    <t>64610</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64610/11__valorizacao_das_pessoas_com_altas_habilidades_eou_superdotacao_2.pdf</t>
+  </si>
+  <si>
+    <t>Institui diretrizes gerais do Programa Municipal de Valorização das Pessoas com Altas Habilidades e/ou Superdotação e estabelece o Dia Municipal das Pessoas com Altas Habilidades e/ou Superdotação</t>
+  </si>
+  <si>
+    <t>64613</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64613/18_2026_projeto_de_lei_dispoe_sobre_o_descarte_irregular_de_lixo_entulho_de_obras_ou_demais_materiais_inserviveis_em_areas_publicas_ou.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre o descarte irregular de lixo, entulho de obras ou demais materiais inservíveis em áreas públicasou privadas."</t>
+  </si>
+  <si>
+    <t>64614</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64614/13_2026__projeto_de_lei__institui_o_centro_de_apoio_ao_cidadao_cac_no_ambito_do_municipio_de_campo_mourao.pdf</t>
+  </si>
+  <si>
+    <t>"INSTITUI O CENTRO DE APOIO AO CIDADÃO (CAC) NO ÂMBITO DO MUNICÍPIO DE CAMPO MOURÃO – PR E DÁ OUTRAS PROVIDÊNCIAS."</t>
+  </si>
+  <si>
+    <t>64615</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64615/14_2026__projeto_de_lei___autoriza_o_poder_executivo_a_conceder_auxilio_social_aos_servidores_publicos_municipais_inativos_e_pensionistas_vinculados_ao_orgao_do_regime_proprio.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o Poder Executivo a conceder Auxílio Social aos servidores públicos municipais inativos e pensionistas vinculados ao Órgão do Regime Próprio de Previdência do Município de Campo Mourão."</t>
+  </si>
+  <si>
+    <t>64616</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64616/16_2026__projeto_de_lei____dispoe_sobre_a_criacao_de_um_hospital_veterinario_publico_no_municipio_de_campo_mourao_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a criação de um Hospital Veterinário Público no Município de Campo Mourão e dá outras providências."</t>
+  </si>
+  <si>
+    <t>64617</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64617/17_2026_projeto_de_lei_assegura_prioridade_especial_de_atendimento_as_pessoas_com_idade_igual_ou_superior_a_80_oitenta_anos_sobre_os_demais_beneficiarios_do_atendimento_prioritario.pdf</t>
+  </si>
+  <si>
+    <t>64618</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64618/15_2026__projeto_de_lei___dispoe_sobre_a_criacao_do_programa_municipal_de_protecao_ao_patrimonio_imaterial_de_campo_mourao.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a criação do Programa Municipal de Proteção ao Patrimônio Imaterial de Campo Mourão e dá outras providências."</t>
+  </si>
+  <si>
+    <t>64619</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64619/19_2026_projeto_de_lei_dispoe_sobre_a_proibicao_da_presenca_de_criancas_em_eventos_culturais_carnavalescos_artisticos_ou_paradas.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição da presença de crianças em eventos: carnavalescos, culturais, artísticos, religiosos ou paradas LGBTQIAPN+ e afins no município de Campo Mourão que apresentem exposição de nudez ou conteúdo inapropriado para menores de idade."</t>
+  </si>
+  <si>
+    <t>64620</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64620/1-5773-2026_projeto_lei_69-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 2.800.000,00 (dois milhões e oitocentos mil reais), na forma em que especifica abaixo. (TEM POR OBJETIVO REPASSAR RECURSOS PARA O HOSPITAL SANTA CASA DE MISERICÓRDIA DE CAMPO MOURÃO, PARA REFORMAR A ESTRUTURA DO TELHADO, QUE FOI DANIFICADA POR TEMPORAL).</t>
+  </si>
+  <si>
+    <t>64621</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64621/exames_e_terapias.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a aceitação de requisições médicas de exames, terapias e procedimentos emitidas por profissionais da rede particular no âmbito do Sistema Único de Saúde (SUS) do Município de Campo Mourão.</t>
+  </si>
+  <si>
+    <t>64622</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64622/1-5799-2026_projeto_lei_71-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 52.156,40 (cinquenta e dois mil, centro e cinquenta e seis reais e quarenta centavos), na forma em que especifica abaixo. (TEM POR OBJETIVO O PAGAMENTO DE DESPESAS DE EXERCÍCIOS ANTERIORES RELACIONADAS AO SUBSÍDIO DO SERVIÇO DE TRANSPORTE COLETIVO).</t>
+  </si>
+  <si>
+    <t>64623</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64623/1-6201-2026_projeto_lei_72-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 151.354,76 (cento e cinquenta e um mil, trezentos e cinquenta e quatro reais e setenta e seis centavos), na forma em que especifica abaixo.  (TEM POR OBJETIVO DESTINAR RECURSOS PARA A CASA LAR INFANTIL MIRIÃ).</t>
+  </si>
+  <si>
+    <t>64627</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64627/1-6379-2026_projeto_lei_73-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento do Município, com base no excesso de arrecadação, no valor de R$ 2.217.653,29 (dois milhões, duzentos e dezessete mil, seiscentos e cinquenta e três reais e vinte e nove centavos), na forma em que especifica abaixo. (TEM POR OBJETIVO A EXECUÇÃO DE PARQUE URBANO NO JARDIM ECOVILLE, OBJETO DO CONVENIO FIRMADO COM O INSTITUTO ÁGUA E TERRA).</t>
+  </si>
+  <si>
+    <t>64628</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64628/21_2026_projeto_de_lei_dispoe_sobre_a_politica_municipal_de_ecopontos_respectivas_diretrizes_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a Política Municipal de Ecopontos, respectivas diretrizes e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>64629</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64629/1-6388-2026_projeto_lei_75-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento do Município, com base em anulação de dotação orçamentária, no valor de R$ 489.219,89 (quatrocentos e oitenta e nove mil, duzentos e dezenove reais e oitenta e nove centavos), na forma em que especifica abaixo. (TEM POR OBJETIVO A CORREÇÃO DE DOTAÇÃO ORÇAMENTÁRIA REFERENTE À OBRA DE REVITALIZAÇÃO DO GINÁSIO DE ESPORTE VALTERNEI DE OLIVEIRA)</t>
+  </si>
+  <si>
+    <t>64630</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64630/1-6410-2026_projeto_lei_76-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento do Município, com base no excesso de arrecadação, no valor de R$ 4.644.983,20 (quatro milhões, seiscentos quarenta e quatro mil, novecentos e oitenta e três reais e vinte centavos), na forma em que especifica abaixo. (TEM POR OBJETIVO ATENDER AO CONVÊNIO Nº 215/2025- IAT, CUJO OBJETO É A IMPLANTAÇÃO DE GALERIAS PLUVIAIS NO DISTRITO DE PIQUIRIVAÍ).</t>
+  </si>
+  <si>
+    <t>64631</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64631/1-6431-2026_projeto_lei_77-2026.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO, COM BASE NO EXCESSO DE ARRECADAÇÃO, NO VALOR DE R$ 3.445.000,00 (TRÊS MILHÕES E QUATROCENTOS E QUARENTA E CINCO MIL REAIS), NA FORMA EM QUE ESPECIFICA ABAIXO. (TEM POR OBJETIVO REALIZAR A ADEQUAÇÃO ORÇAMENTÁRIA REFERENTE À OPERAÇÃO DE CRÉDITO DAS SEGUINTES ATIVIDADES: MANTER AS ATIVIDADES DO GABINETE DO PREFEITO; IMPLANTAÇÃO DE PARQUE URBANO – JARDIM ECOVILLE; IMPLANTAÇÃO DE OBRAS DE DRENAGEM – PIQUIRIVAÍ; MANUTENÇÃO DAS VIAS PÚBLICAS, PRAÇAS, PARQUES E BOSQUES; APRIMORAR A LIMPEZA PÚBLICA; IMPLANTAÇÃO DO PARQUE TECNOLÓGICO DE CAMPO MOURÃO; CIP E ESCOLA DO TRABALHO; E REFORMAS E ADEQUAÇÕES DE ESPAÇOS). REGIME DE URGÊNCIA</t>
+  </si>
+  <si>
+    <t>64632</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64632/20_2026_projeto_de_lei_estabelece_mecanismos_de_seguro_para_garantir_o_interesse_publico_nos_processos_de_licitacao_e_a_correta_aplicacao_dos_recursos_publicos.pdf</t>
+  </si>
+  <si>
+    <t>“ESTABELECE MECANISMOS DE SEGURO PARA GARANTIR O INTERESSE PÚBLICO NOS PROCESSOS DE LICITAÇÃO E A CORRETA APLICAÇÃO DOS RECURSOS PÚBLICOS.”</t>
+  </si>
+  <si>
+    <t>64633</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64633/pl.03.2026_-_antecedentes_criminais_1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade de apresentação e atualização periódica de certidão de antecedentes criminais por profissionais que atuem em contato direto com crianças e adolescentes, em instituições públicas ou privadas, no âmbito do Município de Campo Mourão, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>64634</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64634/1-6898-2026_projeto_lei_80-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 219.322,14 (duzentos e dezenove mil, trezentos e vinte e dois reais e quatorze centavos), na forma em que especifica abaixo. (TEM POR OBJETIVO O PAGAMENTO PATRONAL DOS SERVIDORES DA GERÊNCIA DE RECURSOS HUMANOS DA PREVISCAM).</t>
+  </si>
+  <si>
+    <t>64635</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64635/pl.04.2026_-_verbas_indenizatorias.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Regime de Transparência Remuneratória e a Estrita Legalidade das Verbas Indenizatórias e Gratificatórias no âmbito da Administração Pública Municipal, em adequação aos preceitos da EC nº 135/2024 e à decisão do STF na Rcl nº 88.319/SP.</t>
+  </si>
+  <si>
+    <t>64636</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64636/pl.05.2026_-_ponto_entrega_voluntaria.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Pontos de Entrega e Coleta Programada de Resíduos Volumosos e Especiais, complementando a Política Municipal de Resíduos Sólidos, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>64637</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64637/22_2026_projeto_de_lei_institui__a_distribuicao_de_ovos_de_chocolate_aos_alunos_da_rede_municipal_de_ensino_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>64638</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64638/2_-_apoio_paciente_com_cancer.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA MUNICIPAL DE APOIO A PACIENTES COM CÂNCER</t>
+  </si>
+  <si>
+    <t>64639</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64639/14_-_pessoa_com_transtorno_do_desenvolvimento_da_linguagem.pdf</t>
+  </si>
+  <si>
+    <t>Institui diretrizes gerais da Política  Municipal de Proteção dos Direitos da  Pessoa com Transtorno do  Desenvolvimento da Linguagem  – TDL, e dá outras providência</t>
+  </si>
+  <si>
+    <t>64641</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64641/17_-_alterar_a_lei_3233_lixo_consciente.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA E ACRESCENTA DISPOSITIVOS À LEI Nº 3.233, DE 19 DE SETEMBRO DE 2013, QUE INSTITUI O PROJETO “LIXO CONSCIENTE, UMA IDEIA RECICLÁVEL”, NO ÂMBITO DO MUNICÍPIO DE CAMPO MOURÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>64642</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64642/apar_2.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI Nº 1.711, DE 8 DE JULHO DE 2003, QUE DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS DEFICIENTES VISUAIS DE CAMPO MOURÃO – ADEVICAMPO.</t>
+  </si>
+  <si>
+    <t>64643</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64643/1-9897-2026_projeto_lei_88-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento do Município, com base no excesso de arrecadação, no valor de R$ 152.660,29 (cento e cinquenta e dois mil, seiscentos e sessenta reais e vinte e nove centavos), na forma em que especifica abaixo. (TEM POR OBJETIVO A DESTINAÇÃO DE RECURSOS AO LAR DE IDOSOS SÃO JOAQUIM SANT’ANA E À ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS – APAE).</t>
+  </si>
+  <si>
+    <t>64644</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64644/1-9957-2026_projeto_lei_89-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento do Município, com base no superávit financeiro, no valor de R$ 25.000,00 (vinte e cinco mil reais), na forma em que especifica abaixo. (TEM POR OBJETIVO O PAGAMENTO DOS SERVIÇOS DE DIGITALIZAÇÃO DE DOCUMENTOS, INDISPENSÁVEIS À IMPLANTAÇÃO E CONSOLIDAÇÃO DO GEOPORTAL).</t>
+  </si>
+  <si>
+    <t>64645</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64645/pl.06.2026_-_politica_racismo.pdf</t>
+  </si>
+  <si>
+    <t>Institui no âmbito do município de Campo Mourão, a Política Municipal de Prevenção e Combate ao racismo nos estádios, ginásios e arenas esportivas, públicas e privadas, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>64646</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64646/18_-_dia_da_pescador_1.pdf</t>
+  </si>
+  <si>
+    <t>Insere no Calendário Oficial do Município de Campo Mourão o Dia do Pescador, a ser celebrado anualmente em 29 de junho</t>
+  </si>
+  <si>
+    <t>64648</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64648/24_2026_projeto_de_lei_institui_o_termo_de_ajustamento_de_conduta_tac_no_ambito_do_poder_executivo_do_municipio_de_campo_mourao.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Termo de Ajustamento de Conduta(TAC) no âmbito do Poder Executivo do Município de Campo Mourão e dá outras providências.</t>
+  </si>
+  <si>
+    <t>64649</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64649/23_2026_projeto_de_lei_dispoe_sobre_a_utilizacao_de_cameras_de_monitoramento__para_flagrar_e_multar_descarte_de_lixo_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O MONITORAMENTO COM AUTILIZAÇÃO DE CÂMERAS PARA FLAGRAR E MULTAR DESCARTE DE LIXO, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>64650</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64650/image_002_4.pdf</t>
+  </si>
+  <si>
+    <t>“Acrescenta dispositivos à Lei nº 3181, de 18 de julho de 2013, que “Denomina ¨Asa Sul¨ a região abrangida pelos bairros contidos na Planta Geral do Perímetro Urbano do Município, situados na região sul do Município.</t>
+  </si>
+  <si>
+    <t>64656</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64656/pl.07.2026_-_qr_code_obras_publicas.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a divulgação de informações relativas às obras públicas municipais por meio de código QR nas respectivas placas informativas, como instrumento de transparência e controle social.</t>
+  </si>
+  <si>
+    <t>64657</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64657/pl.08.2026_-_banco_de_ideias_e_praticas_inovadoras.pdf</t>
+  </si>
+  <si>
+    <t>Institui diretrizes para a criação do Programa “Banco de Ideias e Práticas Inovadoras” no Município de Campo Mourão, com vistas ao fortalecimento da participação popular e da eficiência administrativa, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>64658</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64658/1-18175-2026_projeto_lei_97-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 100.000,00 (cem mil reais), na forma em que especifica abaixo. (TEM POR OBJETIVO REPASSAR RECURSOS PARA A REALIZAÇÃO DO EVENTO VI FATI – FEIRA DO AGRONEGÓCIO, TECNOLOGIA E INOVAÇÃO).</t>
+  </si>
+  <si>
+    <t>64659</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64659/1-12190-2026_projeto_lei_98-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no Orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 100.000,00 (cem mil reais), na forma em que especifica abaixo. (TEM POR OBJETIVO MANTER OS CLUBES DE MÃES ATIVOS).</t>
+  </si>
+  <si>
+    <t>64674</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64674/25_2026_projeto_de_lei_denomina_o_restaurante_popular_antonio_kepla..pdf</t>
+  </si>
+  <si>
+    <t>“DENOMINA ANTÔNIO KLEPA, O RESTAURANTE POPULAR DO MUNICÍPIO DE CAMPO MOURÃO, E DÁ OUTRAS PROVIDÊNCIAS”</t>
+  </si>
+  <si>
+    <t>64679</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64679/26_2026_projeto_de_lei_institui_no_ambito_da_rede_municipal_de_ensino_de_campo_mourao_o_programa_de_recomposicao.pdf.pdf</t>
+  </si>
+  <si>
+    <t>"Institui, no âmbito da Rede Municipal de Ensino de Campo Mourão, a Recomposição das Aprendizagens e Transição Escolar entre etapas da Educação Infantil e do Ensino Fundamental."</t>
+  </si>
+  <si>
+    <t>64680</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64680/27_2026_projeto_de_lei_dispoe_sobre_a_proibicao_da_venda_noturna_de_metais_reciclaveis_especialmente_cobre_fios_cabos_e_canos_e_estabelece_regras_para_registro_e_fiscalizacao.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a proibição da venda noturna de metais recicláveis (especialmente cobre, fios, cabos e canos), e estabelece regras para registro_x000D_
+e fiscalização no Município de Campo Mourão."</t>
+  </si>
+  <si>
+    <t>64681</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64681/28_2026_projeto_de_lei_dispoe_sobre_a_criacao_do__pet_servidor_publico_no_ambito_do_municipio_de_campo_mourao_destinado_ao_apoio_terapeutico_a_criancas_com_transtorno_do_espectro_autista.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a criação do “Pet Servidor Público” no âmbito do Município de Campo Mourão, destinado ao apoio terapêutico a crianças com Transtorno do Espectro Autista (TEA) e dá outras providências."</t>
+  </si>
+  <si>
+    <t>64682</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64682/29_2026_projeto_de_lei_institui_a_obrigatoriedade_da_avaliacao_psicologica_como_etapa_dos_concursos_publicos_e_processos_seletivos_para_cargos_com_contato_direto_com_o_publico.pdf</t>
+  </si>
+  <si>
+    <t>“Institui a obrigatoriedade da Avaliação Psicológica como etapa dos concursos públicos e processos seletivos para cargos com contato_x000D_
+direto com o público."</t>
+  </si>
+  <si>
+    <t>64683</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64683/1._pl_-_altera_e_acrescenta_transporte_publico_escolar.pdf</t>
+  </si>
+  <si>
+    <t>“ALTERA E ACRESCE DISPOSITIVO NA LEI Nº 4.526 DE 06 DE SETEMBRO DE 2023, QUE “DISPÕE SOBRE O SERVIÇO DE TRANSPORTE ESCOLAR PÚBLICO NO MUNICÍPIO DE CAMPO MOURÃO, ESTADO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>64690</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64690/29_2026_projeto_de_lei_denomina_cmei_sandra_do_amaral.pdf</t>
+  </si>
+  <si>
+    <t>Denomina Centro Municipal de Educação Infantil “Sandra do Amaral” do Jardim Novo Centro.</t>
+  </si>
+  <si>
+    <t>64692</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64692/image_001_9.pdf</t>
+  </si>
+  <si>
+    <t>“Institui a Política Municipal de Atendimento à População de Rua no Município de Campo Mourão – PR, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>64693</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64693/image_004_3.pdf</t>
+  </si>
+  <si>
+    <t>“Institui normas de segurança para circulação de bicicletas no Município, estabelece medidas de proteção ao pedestre e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>64694</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64694/1-15910-2026_projeto_lei_108-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento do Município, com base no excesso de arrecadação, no valor de R$ 18.000,00 (dezoito mil reais), na forma em que especifica abaixo. (TEM POR OBJETIVO À INCLUSÃO DE RECURSOS NO FUNDO MUNICIPAL DA IGUALDADE RACIAL PARA VIABILIZAR A ADEQUADA EXECUÇÃO FINANCEIRA DO CONVÊNIO Nº 976727/2025, DESTINADO A FORTALECER O CONSELHO MUNICIPAL DE PROMOÇÃO DA IGUALDADE RACIAL (COMPIR)).</t>
+  </si>
+  <si>
+    <t>64695</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64695/1-15913-2026_projeto_lei_109-2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Museu da Aviação de Campo Mourão, a ser implantado na antiga Estação Aeroviária Teodoro Mechko, tombada como Patrimônio Histórico do Município, nos termos da Lei nº 2.027, de 9 de março de 2006, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>64696</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64696/1-15925-2026_projeto_lei__110-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento do Município, com base no superávit financeiro, no valor de R$ 51.343,64 (cinquenta e um mil, trezentos e quarenta e três reais e sessenta e quatro centavos), na forma em que especifica abaixo. (TEM POR OBJETIVO A EXECUÇÃO DA DELIBERAÇÃO Nº 13/2025, QUE TEM POR FINALIDADE, EM ÂMBITO MUNICIPAL, O FORTALECIMENTO DO SISTEMA ESTADUAL DA POLÍTICA DA CRIANÇA E DO ADOLESCENTE).</t>
+  </si>
+  <si>
+    <t>64697</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64697/1-15936-2026_projeto_lei_111-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento do Município, com base em anulação de dotação orçamentária, no valor de R$ 60.500,00 (sessenta mil e quinhentos reais), na forma em que especifica abaixo. (TEM POR OBJETIVO A DISTRIBUIÇÃO GRATUITA DE MATERIAIS (CALCÁRIO DOLOMÍTICO AGRÍCOLA, ENSACADO EM BIGBAG 1.000KG, COMPOSIÇÃO CARBONATO DE CÁLCIO (CACO3) E CARBONETO DE MAGNÉSIO (MGCO3) PRNT MÍNIMO DE 70%, REGISTRADO NO MAPA) PARA PRODUTORES RURAIS PARA ATENDIMENTO DE DEMANDA DO PROGRAMA CAMPO MOURÃO MAIS AGRICULTURA).</t>
+  </si>
+  <si>
+    <t>64698</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64698/1-15993-2026_projeto_lei_112-2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Ementa e altera, acresce e revoga dispositivos da Lei nº 4.066, de 24 de setembro de 2019, que dispõe sobre o funcionamento de feiras itinerantes eventuais de vestuário, calçados, bolsas e acessórios no Município de Campo Mourão, e dá outras providências.</t>
+  </si>
+  <si>
     <t>64603</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64603/4623-2026_projeto_lei_complemetar_10-2026.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64603/4623-2026_projeto_lei_complemetar_10-2026.pdf</t>
   </si>
   <si>
     <t>Altera e acresce dispositivos à Lei Complementar nº 66, de 23 de dezembro de 2021, que dispõe sobre o Regime Próprio de Previdência Social do Município de Campo Mourão – RPPS de que trata o artigo 40 da Constituição Federal, e dá outras providências.</t>
   </si>
   <si>
+    <t>64663</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64663/plc.01.2026_-_alteracao_lc_14-2006.pdf</t>
+  </si>
+  <si>
+    <t>Altera e acrescenta dispositivos à Lei Complementar nº 14 de 21 de novembro de 2006 “Revoga as Leis 005/97 e 011/2005 e Institui em Campo Mourão, o Novo Código de Limpeza Urbana”.</t>
+  </si>
+  <si>
     <t>64530</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>EDILSON MARTINS, BINA, ELIANE DO CAFÉ, ELVIRA LIMA, ESCRIVÃO PARMA, HÉLIO HG, JADIR SOARES (PEPITA), MARCIO BERBET, MARCIO MORAES, PROFESSOR GERALDO, SIDNEI JARDIM, SUBTENENTE MACEDO</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64530/projeto_merged.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64530/projeto_merged.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DE CAMPO MOURÃO AO SENHOR CEZAR AUGUSTO MASSARETTO BRONZEL</t>
   </si>
   <si>
     <t>64543</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64543/pr_mesa_executiva.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64543/pr_mesa_executiva.pdf</t>
   </si>
   <si>
     <t>Institui a "Pasta Histórica de Vereadores" no âmbito da Câmara Municipal de Campo Mourão, e dá outras providências.</t>
   </si>
   <si>
     <t>64554</t>
   </si>
   <si>
     <t>ELIANE DO CAFÉ, BINA, DR. ERALDO, EDILSON MARTINS, ELVIRA LIMA, ESCRIVÃO PARMA, HÉLIO HG, JADIR SOARES (PEPITA), MARCIO BERBET, MARCIO MORAES, PROFESSOR GERALDO, SIDNEI JARDIM, SUBTENENTE MACEDO</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64554/merito_desportivo_werik_kaua.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64554/merito_desportivo_werik_kaua.pdf</t>
   </si>
   <si>
     <t>CONCEDE O “TÍTULO DE MÉRITO DESPORTIVO” AO ATLETA WERIK KAUA DOMINGOS.</t>
   </si>
   <si>
+    <t>64640</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64640/pr__01_2026_altera_e_revoga_dispositivos_da_resolucao_no_41_de_23_de_maio_de_2011_disciplina_a_tramitacao_e_define_titulos_honorificos_e_honrarias_do_municipio.pdf</t>
+  </si>
+  <si>
+    <t>Revoga dispositivos da Resolução nº 41, de 23 de maio de 2011, que "Disciplina a tramitação e define Títulos Honoríficos e Honrarias do_x000D_
+Município de Campo Mourão", e dá outras providências.</t>
+  </si>
+  <si>
+    <t>64647</t>
+  </si>
+  <si>
+    <t>DR. ERALDO, HÉLIO HG, SIDNEI JARDIM</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64647/projeto_de_resolucao_completo.pdf</t>
+  </si>
+  <si>
+    <t>APROVA O PARECER PRÉVIO PELA REGULARIDADE DAS CONTAS, EMITIDO PELO DO TRIBUNAL DE CONTAS DO ESTADO DO PARANÁ, REFERENTE AO EXERCÍCIO DE 2024, DO PODER EXECUTIVO DO MUNICÍPIO DE CAMPO MOURÃO.</t>
+  </si>
+  <si>
+    <t>64673</t>
+  </si>
+  <si>
+    <t>MARCIO BERBET, DR. ERALDO, EDILSON MARTINS, ELIANE DO CAFÉ, ELVIRA LIMA, ESCRIVÃO PARMA, HÉLIO HG, JADIR SOARES (PEPITA), MARCIO MORAES, PROFESSOR GERALDO, SIDNEI JARDIM, SUBTENENTE MACEDO</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64673/pr.01.2026_-_cid._ben._mathilde_t._capelli_com_certidoes.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE O TÍTULO DE CIDADANIA BENEMÉRITA DE CAMPO MOURÃO À SENHORA MATHILDE TAVELLA CAPELLI</t>
+  </si>
+  <si>
+    <t>64675</t>
+  </si>
+  <si>
+    <t>EDILSON MARTINS, BINA, DR. ERALDO, ELVIRA LIMA, ESCRIVÃO PARMA, HÉLIO HG, JADIR SOARES (PEPITA), MARCIO BERBET, MARCIO MORAES, PROFESSOR GERALDO, SIDNEI JARDIM, SUBTENENTE MACEDO</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64675/pr-cayenna.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A COMENDA “10 DE OUTUBRO” À EMPRESA CAYENNA STEAK HOUSE LANCHONETE LTDA, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE CAMPO MOURÃO</t>
+  </si>
+  <si>
+    <t>64691</t>
+  </si>
+  <si>
+    <t>SIDNEI JARDIM, BINA, ELVIRA LIMA, ESCRIVÃO PARMA, HÉLIO HG, JADIR SOARES (PEPITA), MARCIO BERBET, MARCIO MORAES, PROFESSOR GERALDO, SUBTENENTE MACEDO</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64691/01_2026__projeto_de_resolucoes_04_-_2025_cidadao_honorario_airton_galinari.pdf</t>
+  </si>
+  <si>
+    <t>Concede o Título de Cidadão Honorário do Município de Campo Mourão ao Senhor Airton Galinari.</t>
+  </si>
+  <si>
     <t>64583</t>
   </si>
   <si>
     <t>REC</t>
   </si>
   <si>
     <t>RECURSO</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64583/01_2026__pl_226_legendarios_recurso.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64583/01_2026__pl_226_legendarios_recurso.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, ao usar das atribuições conferidas pelo Artigo 137, inciso X c/c o Art. 293, inciso II do Regimento Interno desta Casa de Leis, REQUER ouvido o Soberano Plenário que seja deferido RECURSO CONTRA DECISÃO DO PRESIDENTE quanto ao Despacho contrário à tramitação do Projeto de lei nº 226/2025 que “Autoriza a atuação do grupo Legendários em apoio à Defesa Civil, permitindo sua participação organizada e voluntária em ações de busca, salvamento, prevenção e assistência humanitária em situações de risco, desastres ou calamidades públicas, no âmbito do município de Campo Mourão”, protocolado sob nº nº. 61.618/2025, após o Parecer Jurídico da Procuradoria Geral nº 1459/2025 de 17/12/2025.</t>
+  </si>
+  <si>
+    <t>64699</t>
+  </si>
+  <si>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64699/recurso_pl_87-2026_1.pdf</t>
+  </si>
+  <si>
+    <t>RECURSO CONTRA DECISÃO DO PRESIDENTE que obstou a tramitação do Projeto de Lei nº 87/2026, com fundamento no Parecer Jurídico nº 221/2026, pelas razões a seguir expostas.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1384,56 +2398,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64529/6_i_l-_convenio_com_clubes_de_futebol_-_escolinha_nos_bairros.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64531/il.02.2026_-_meia_consulta.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64532/il.01.2026_-_cassacao_alvara_posto_combustivel.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64542/image_001_2.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64544/2_-_qr_cod.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64545/1_-_equoterapia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64546/3_-_neuropediatria_2.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64551/4_-_programa_municipal_de_seguranca_preventiva_nas_unidades_da_rede_publica_e_privada_1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64552/5_-_pensando_no_futuro.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64556/6_-_campanha_permanente_de_transito_nos_bairros_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64557/1_il_-_renovacao-programa_familia_no_campo-completo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64561/9-_campo_da_inovacao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64562/21_-_politica_diabetes_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64563/20_-_certificado_empresa_com_seguranca_sobre_rodas_2.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64580/il.03.2026_-_gps_transporte_escolar_1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64604/1_il_-_parceria_entre_municipio_e_moradores_para_revitalizacao_de_pracas.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64533/39_2025_projeto_de_lei_dispoe_sobre_a_vedacao_a_manifestacoes_politico-partidarias_em_apresentacoes_artisticas_custeadas_patrocinadas_ou_apoiadas_pelo_municipio_de_campo_mourao_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64534/42_2025_projeto_de_lei_dispoe_sobre_a_obrigatoriedade_de_apresentacao_de_documentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64535/45_2026_projeto_de_lei_institui_a_cerimonia_oficial_de_possse_de_servidores_publicos_assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64536/38_2025_projeto_de_lei_dia_municipal_do_agente_de_combate_a_endemias_assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64537/37_2025_projeto_de_lei_dispoe_sobre_a_obrigatoriedade_da_oferta_de_turmas_femininas_em_escolinhas_e_projetos_de_futebol_assinado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64538/44_2025_projeto_de_lei_dispoe_sobre_a_obrigatoriedade_do_municipio_de_campo_mourao_em_garantir_a_realizacao_de_exames_e_consultas_assinado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64539/43_2025_projeto_de_lei_institui_no_ambito_do_municipio_de_campo_mourao_a_politica_municipal_de_conscientizacao_e_prevencao_a_doacao_ilegal_de_bebes_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64540/41_2025_projeto_de_lei_dispoe_sobre_a_inclusao_de_qr_nas_placas_informativas_da_zona_azul_assinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64541/40_2025_projeto_de_lei_institui_no_ambito_do_municipio_de_campo_mourao_o_selo_escola_assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64547/image_003.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64548/image_004.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64549/image_001_3.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64550/image_005.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64553/1-2229-2026_pl_14-2026.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64555/image_002.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64558/1-2478-2026_pl_16-2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64559/01-projeto_de_lei_-_pichacao.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64560/pl.01.2026_-_combate_a_adultizacao_digital.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64564/3_-_programa_recomeco_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64565/1-_dia_do_policial_veterano_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64566/4_-_dia_do_policial_civil.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64567/3194-2026_projeto_lei_22-2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64568/3203-2025_projeto_lei_23-2026.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64569/3222-2026_projeto_lei_24-2026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64570/3235-2026_projeto_lei_25-2026.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64571/3241-2026_projeto_lei_26-2026.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64572/3248-2025_projeto_lei_28-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64573/3255-2026_projeto_lei_28-2026.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64574/3261-2025_projeto_lei_29-2026.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64575/6_-_institui_o_sistema_municipal_de_hubs_de_inovacao_e_solucoes_inteligentes.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64576/5_-_dia_dos_policiais_veteranos_das_forcas_de_seguranca_publica_1.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64577/3294-2026_projeto_lei_32-2026.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64578/3380-2026_projeto_lei__33-2026.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64579/3393-2026_projeto_lei_34-2026.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64581/pl.02.2026_-_politica_de_prevencao_e_combate_a_amputacao.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64582/7_-_ressarcimento_e_penalidade_quedas_de_energia.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64584/01_2026_sobre_diretrizes_para_a_instituicao_de_politica_publica_de_apoio_nutricional_aos_servidores_publicos_municipais_inativos_e_pensionistas_vinculados_ao_regime_proprio_de_previdencia_social.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64585/02_2026_autoriza_o_poder_executivo_a_conceder_auxilio_nutricional_aos_servidores_publicos_municipais_inativos_e_pensionistas_vinculados_ao_regime_proprio_de_previdencia_social.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64586/image_003_1.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64587/05_2026_projeto_de_lei_proibe_a_utilizacao_de_produtos_transgenicos_e_seus_derivados_na_merenda_escolar_da_rede_publica_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64588/06_2026_projeto_de_lei_dispoe_sobre_a_obrigatoriedade_da_instalacao_de_cameras_de_monitoramento_nos_veiculos_escolares_no_ambito_do_municipio_de_campo_mourao_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64589/07_2026_projeto_de_lei_dispoe_sobre_a_unificacao_de_matricula_dos_professores_que_detenham_dois___vinculos_com_municipio_de_campo_mourao_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64590/04_2026_projeto_de_lei_cria_o_santuario_animal_no_municipio_de_campo_mourao_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64591/03_2026_projeto_de_lei_dispoe_sobre_as_entregas_de_encomendas_por_trabalhadores_de_aplicativos_em_condominios_no_municipio_de_campo_mourao.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64592/mil_dias.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64593/4094-2025_projeto_lei_46-2026.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64594/4100-2025_projeto_lei_47-2026..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64595/4104-2025_projeto_lei_48-2026.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64596/4121-2026_projeto_lei_49-2026.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64597/08_2026_projeto_de_lei_dproibe_o_comercio_de_exigir_o_cpf_do_consumidor_no_ato_da_compra_sem_informar_de_forma_adequada_e_clara_sobre_a_concessao_de_descontos.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64598/09_2026_projeto_de_lei_institui_o_projeto_vidas_gerando_vidas_dispoe_sobre_a_criacao_do_programa_de_incentivo_a_doacao_de_orgaos_tecidos_e_medula_ossea.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64599/4145-2026_capa_projeto_lei_52-2026.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64600/image_004_1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64601/10_-_institui_a_politica_municipal_de_integracao_das_entidades_socioassistenciais_1.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64602/9_-_semana_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64605/10_2026_projeto_de_lei_dispoe_sobre_a_possibilidade_de_conversao_do_pagamento_de_multas_de_transito_de_natureza_leve_aplicadas_pelo_municipio_de_campo_mourao.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64606/12_2026_projeto_de_lei_dispoe_sobre_a_inclusao_de_atividades_e_conteudos_relativos_a_educacao_financeira_no_plano_curricular_das_escolas_da_rede_publica_municipal_de_ensino_de_campo_mourao.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64607/11_2026_projeto_de_lei_institui_o_programa_municipal_colorindo_meus_direitos_voltado_a_educacao_para_o_consumo_consciente_de_criancas_da_rede_municipal_de_ensino_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64603/4623-2026_projeto_lei_complemetar_10-2026.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64530/projeto_merged.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64543/pr_mesa_executiva.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64554/merito_desportivo_werik_kaua.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64583/01_2026__pl_226_legendarios_recurso.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64529/6_i_l-_convenio_com_clubes_de_futebol_-_escolinha_nos_bairros.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64531/il.02.2026_-_meia_consulta.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64532/il.01.2026_-_cassacao_alvara_posto_combustivel.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64542/image_001_2.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64544/2_-_qr_cod.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64545/1_-_equoterapia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64546/3_-_neuropediatria_2.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64551/4_-_programa_municipal_de_seguranca_preventiva_nas_unidades_da_rede_publica_e_privada_1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64552/5_-_pensando_no_futuro.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64556/6_-_campanha_permanente_de_transito_nos_bairros_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64557/1_il_-_renovacao-programa_familia_no_campo-completo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64561/9-_campo_da_inovacao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64562/21_-_politica_diabetes_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64563/20_-_certificado_empresa_com_seguranca_sobre_rodas_2.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64580/il.03.2026_-_gps_transporte_escolar_1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64604/1_il_-_parceria_entre_municipio_e_moradores_para_revitalizacao_de_pracas.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64611/il.04.2026_-_programa_incentivo_cid._ativa.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64612/il_-_centralizacao_e_dispensacao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64624/12-_escola_de_governo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64625/11_-_city_tour.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64626/13_-_famarcia_24_horas_na_upa.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64651/5_i_l-renovadas_-_parcelamento_do_solo-completo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64652/4_i_l-renovacao_-_programa_municipal_armazem_da_familia.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64653/1_i_l-renovacao_-_cidadania_nos_bairros.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64654/2_i_l-renovacao_-_altera_lei_4.042-2019_-_programa_municipal_de_apoio_aos_produtores_rurais_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64655/3_i_l-renovacao_-_equipamentos_solares_nos_predios_publicos-completo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64660/15_-_pintura_a_cada_1_ano.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64661/16_-_comercio_do_bem.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64662/14_-_fundo_comunitarias_das_entidades.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64664/il.05.2026_-_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64665/05-2026_dispoe_sobre_a_unificacao_de_matricula_dos_professores_que_detenham_dois___vinculos_com_municipio_de_campo_mourao_e_da_outras.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64666/06-2026_cria_o_santuario_animal_no_municipio_de_campo_mourao_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64667/07-2026_assegura_prioridade_especial_de_atendimento_as_pessoas_com_idade_igual_ou_superior_a_80_oitenta_anos.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64668/08-2026_institui_a_distribuicao_de_ovos_de_chocolate_aos_alunos_da_rede_municipal_de_ensino_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64669/01-2026_dispoe_sobre_a_obrigatoriedade_de_apresentacao_de_documentacao_por_pessoas_que_atuam_com_criancas_e_adolescentes_em_igrejas.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64670/02-2026_dispoe_sobre_a_obrigatoriedade_do_municipio_de_campo_mourao_em_garantir_a_realizacao_de_exa..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64671/03-2026_institui_no_ambito_do_municipio_de_campo_mourao_o_selo_escola_amiga_da_educacao_inclusiva_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64672/04-2026_dispoe_sobre_diretrizes_para_a_instituicao_de_politica_publica_de_apoio_nutricional_aos_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64676/18_-_exame_cariotipo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64677/17_-_isencao_de_iptu_para_pessoas_com_cancer.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64678/19_-_agronegocio_tecnologico_e_logistico.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64684/09-2026_dispoe_sobre_o_descarte_irregular_de_lixo_entulho_de_obras_ou_demais_materiais_inserviveis_em_areas_publicas_ou_privadas.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64685/10-2026_estabelece_mecanismos_de_seguro_para_garantir_o_interesse_publico_nos_processos_de_licitacao_e_a_correta_aplicacao_dos_recursos_publicos.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64686/11-2026_dispoe_sobre_o_monitoramento_com_a_utilizacao_de_cameras_para_flagrar_e_multar_descarte_de_lixo_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64687/12-2026_institui_o_termo_de_ajustamento_de_conduta_tac_no_ambito_do_poder_executivo_do_municipio_de_campo_mourao_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64688/2_il_-_renovacao-programa_turismo_para_idosos.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64689/3_il_-_renovacao-adote_um_banco.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64533/39_2025_projeto_de_lei_dispoe_sobre_a_vedacao_a_manifestacoes_politico-partidarias_em_apresentacoes_artisticas_custeadas_patrocinadas_ou_apoiadas_pelo_municipio_de_campo_mourao_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64534/42_2025_projeto_de_lei_dispoe_sobre_a_obrigatoriedade_de_apresentacao_de_documentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64535/45_2026_projeto_de_lei_institui_a_cerimonia_oficial_de_possse_de_servidores_publicos_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64536/38_2025_projeto_de_lei_dia_municipal_do_agente_de_combate_a_endemias_assinado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64537/37_2025_projeto_de_lei_dispoe_sobre_a_obrigatoriedade_da_oferta_de_turmas_femininas_em_escolinhas_e_projetos_de_futebol_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64538/44_2025_projeto_de_lei_dispoe_sobre_a_obrigatoriedade_do_municipio_de_campo_mourao_em_garantir_a_realizacao_de_exames_e_consultas_assinado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64539/43_2025_projeto_de_lei_institui_no_ambito_do_municipio_de_campo_mourao_a_politica_municipal_de_conscientizacao_e_prevencao_a_doacao_ilegal_de_bebes_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64540/41_2025_projeto_de_lei_dispoe_sobre_a_inclusao_de_qr_nas_placas_informativas_da_zona_azul_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64541/40_2025_projeto_de_lei_institui_no_ambito_do_municipio_de_campo_mourao_o_selo_escola_assinado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64547/image_003.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64548/image_004.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64549/image_001_3.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64550/image_005.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64553/1-2229-2026_pl_14-2026.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64555/image_002.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64558/1-2478-2026_pl_16-2026.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64559/01-projeto_de_lei_-_pichacao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64560/pl.01.2026_-_combate_a_adultizacao_digital.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64564/3_-_programa_recomeco_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64565/1-_dia_do_policial_veterano_1.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64566/4_-_dia_do_policial_civil.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64567/3194-2026_projeto_lei_22-2026.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64568/3203-2025_projeto_lei_23-2026.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64569/3222-2026_projeto_lei_24-2026.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64570/3235-2026_projeto_lei_25-2026.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64571/3241-2026_projeto_lei_26-2026.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64572/3248-2025_projeto_lei_28-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64573/3255-2026_projeto_lei_28-2026.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64574/3261-2025_projeto_lei_29-2026.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64575/6_-_institui_o_sistema_municipal_de_hubs_de_inovacao_e_solucoes_inteligentes.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64576/5_-_dia_dos_policiais_veteranos_das_forcas_de_seguranca_publica_1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64577/3294-2026_projeto_lei_32-2026.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64578/3380-2026_projeto_lei__33-2026.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64579/3393-2026_projeto_lei_34-2026.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64581/pl.02.2026_-_politica_de_prevencao_e_combate_a_amputacao.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64582/7_-_ressarcimento_e_penalidade_quedas_de_energia.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64584/01_2026_sobre_diretrizes_para_a_instituicao_de_politica_publica_de_apoio_nutricional_aos_servidores_publicos_municipais_inativos_e_pensionistas_vinculados_ao_regime_proprio_de_previdencia_social.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64585/02_2026_autoriza_o_poder_executivo_a_conceder_auxilio_nutricional_aos_servidores_publicos_municipais_inativos_e_pensionistas_vinculados_ao_regime_proprio_de_previdencia_social.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64586/image_003_1.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64587/05_2026_projeto_de_lei_proibe_a_utilizacao_de_produtos_transgenicos_e_seus_derivados_na_merenda_escolar_da_rede_publica_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64588/06_2026_projeto_de_lei_dispoe_sobre_a_obrigatoriedade_da_instalacao_de_cameras_de_monitoramento_nos_veiculos_escolares_no_ambito_do_municipio_de_campo_mourao_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64589/07_2026_projeto_de_lei_dispoe_sobre_a_unificacao_de_matricula_dos_professores_que_detenham_dois___vinculos_com_municipio_de_campo_mourao_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64590/04_2026_projeto_de_lei_cria_o_santuario_animal_no_municipio_de_campo_mourao_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64591/03_2026_projeto_de_lei_dispoe_sobre_as_entregas_de_encomendas_por_trabalhadores_de_aplicativos_em_condominios_no_municipio_de_campo_mourao.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64592/mil_dias.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64593/4094-2025_projeto_lei_46-2026.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64594/4100-2025_projeto_lei_47-2026..pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64595/4104-2025_projeto_lei_48-2026.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64596/4121-2026_projeto_lei_49-2026.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64597/08_2026_projeto_de_lei_dproibe_o_comercio_de_exigir_o_cpf_do_consumidor_no_ato_da_compra_sem_informar_de_forma_adequada_e_clara_sobre_a_concessao_de_descontos.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64598/09_2026_projeto_de_lei_institui_o_projeto_vidas_gerando_vidas_dispoe_sobre_a_criacao_do_programa_de_incentivo_a_doacao_de_orgaos_tecidos_e_medula_ossea.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64599/4145-2026_capa_projeto_lei_52-2026.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64600/image_004_1.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64601/10_-_institui_a_politica_municipal_de_integracao_das_entidades_socioassistenciais_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64602/9_-_semana_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64605/10_2026_projeto_de_lei_dispoe_sobre_a_possibilidade_de_conversao_do_pagamento_de_multas_de_transito_de_natureza_leve_aplicadas_pelo_municipio_de_campo_mourao.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64606/12_2026_projeto_de_lei_dispoe_sobre_a_inclusao_de_atividades_e_conteudos_relativos_a_educacao_financeira_no_plano_curricular_das_escolas_da_rede_publica_municipal_de_ensino_de_campo_mourao.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64607/11_2026_projeto_de_lei_institui_o_programa_municipal_colorindo_meus_direitos_voltado_a_educacao_para_o_consumo_consciente_de_criancas_da_rede_municipal_de_ensino_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64608/01._projeto_de_lei_jardim_europa_ok.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64609/12_-_incentivo_a_acoes_colaborativas_e_comunitarias_para_conservacao_uso_responsavel_e_desenvolvimento_de_acoes_sociais_em_espacos_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64610/11__valorizacao_das_pessoas_com_altas_habilidades_eou_superdotacao_2.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64613/18_2026_projeto_de_lei_dispoe_sobre_o_descarte_irregular_de_lixo_entulho_de_obras_ou_demais_materiais_inserviveis_em_areas_publicas_ou.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64614/13_2026__projeto_de_lei__institui_o_centro_de_apoio_ao_cidadao_cac_no_ambito_do_municipio_de_campo_mourao.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64615/14_2026__projeto_de_lei___autoriza_o_poder_executivo_a_conceder_auxilio_social_aos_servidores_publicos_municipais_inativos_e_pensionistas_vinculados_ao_orgao_do_regime_proprio.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64616/16_2026__projeto_de_lei____dispoe_sobre_a_criacao_de_um_hospital_veterinario_publico_no_municipio_de_campo_mourao_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64617/17_2026_projeto_de_lei_assegura_prioridade_especial_de_atendimento_as_pessoas_com_idade_igual_ou_superior_a_80_oitenta_anos_sobre_os_demais_beneficiarios_do_atendimento_prioritario.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64618/15_2026__projeto_de_lei___dispoe_sobre_a_criacao_do_programa_municipal_de_protecao_ao_patrimonio_imaterial_de_campo_mourao.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64619/19_2026_projeto_de_lei_dispoe_sobre_a_proibicao_da_presenca_de_criancas_em_eventos_culturais_carnavalescos_artisticos_ou_paradas.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64620/1-5773-2026_projeto_lei_69-2026.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64621/exames_e_terapias.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64622/1-5799-2026_projeto_lei_71-2026.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64623/1-6201-2026_projeto_lei_72-2026.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64627/1-6379-2026_projeto_lei_73-2026.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64628/21_2026_projeto_de_lei_dispoe_sobre_a_politica_municipal_de_ecopontos_respectivas_diretrizes_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64629/1-6388-2026_projeto_lei_75-2026.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64630/1-6410-2026_projeto_lei_76-2026.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64631/1-6431-2026_projeto_lei_77-2026.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64632/20_2026_projeto_de_lei_estabelece_mecanismos_de_seguro_para_garantir_o_interesse_publico_nos_processos_de_licitacao_e_a_correta_aplicacao_dos_recursos_publicos.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64633/pl.03.2026_-_antecedentes_criminais_1.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64634/1-6898-2026_projeto_lei_80-2026.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64635/pl.04.2026_-_verbas_indenizatorias.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64636/pl.05.2026_-_ponto_entrega_voluntaria.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64637/22_2026_projeto_de_lei_institui__a_distribuicao_de_ovos_de_chocolate_aos_alunos_da_rede_municipal_de_ensino_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64638/2_-_apoio_paciente_com_cancer.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64639/14_-_pessoa_com_transtorno_do_desenvolvimento_da_linguagem.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64641/17_-_alterar_a_lei_3233_lixo_consciente.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64642/apar_2.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64643/1-9897-2026_projeto_lei_88-2026.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64644/1-9957-2026_projeto_lei_89-2026.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64645/pl.06.2026_-_politica_racismo.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64646/18_-_dia_da_pescador_1.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64648/24_2026_projeto_de_lei_institui_o_termo_de_ajustamento_de_conduta_tac_no_ambito_do_poder_executivo_do_municipio_de_campo_mourao.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64649/23_2026_projeto_de_lei_dispoe_sobre_a_utilizacao_de_cameras_de_monitoramento__para_flagrar_e_multar_descarte_de_lixo_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64650/image_002_4.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64656/pl.07.2026_-_qr_code_obras_publicas.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64657/pl.08.2026_-_banco_de_ideias_e_praticas_inovadoras.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64658/1-18175-2026_projeto_lei_97-2026.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64659/1-12190-2026_projeto_lei_98-2026.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64674/25_2026_projeto_de_lei_denomina_o_restaurante_popular_antonio_kepla..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64679/26_2026_projeto_de_lei_institui_no_ambito_da_rede_municipal_de_ensino_de_campo_mourao_o_programa_de_recomposicao.pdf.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64680/27_2026_projeto_de_lei_dispoe_sobre_a_proibicao_da_venda_noturna_de_metais_reciclaveis_especialmente_cobre_fios_cabos_e_canos_e_estabelece_regras_para_registro_e_fiscalizacao.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64681/28_2026_projeto_de_lei_dispoe_sobre_a_criacao_do__pet_servidor_publico_no_ambito_do_municipio_de_campo_mourao_destinado_ao_apoio_terapeutico_a_criancas_com_transtorno_do_espectro_autista.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64682/29_2026_projeto_de_lei_institui_a_obrigatoriedade_da_avaliacao_psicologica_como_etapa_dos_concursos_publicos_e_processos_seletivos_para_cargos_com_contato_direto_com_o_publico.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64683/1._pl_-_altera_e_acrescenta_transporte_publico_escolar.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64690/29_2026_projeto_de_lei_denomina_cmei_sandra_do_amaral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64692/image_001_9.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64693/image_004_3.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64694/1-15910-2026_projeto_lei_108-2026.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64695/1-15913-2026_projeto_lei_109-2026.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64696/1-15925-2026_projeto_lei__110-2026.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64697/1-15936-2026_projeto_lei_111-2026.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64698/1-15993-2026_projeto_lei_112-2026.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64603/4623-2026_projeto_lei_complemetar_10-2026.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64663/plc.01.2026_-_alteracao_lc_14-2006.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64530/projeto_merged.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64543/pr_mesa_executiva.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64554/merito_desportivo_werik_kaua.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64640/pr__01_2026_altera_e_revoga_dispositivos_da_resolucao_no_41_de_23_de_maio_de_2011_disciplina_a_tramitacao_e_define_titulos_honorificos_e_honrarias_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64647/projeto_de_resolucao_completo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64673/pr.01.2026_-_cid._ben._mathilde_t._capelli_com_certidoes.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64675/pr-cayenna.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64691/01_2026__projeto_de_resolucoes_04_-_2025_cidadao_honorario_airton_galinari.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64583/01_2026__pl_226_legendarios_recurso.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/2026/64699/recurso_pl_87-2026_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H80"/>
+  <dimension ref="A1:H172"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="194.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -1759,1770 +2773,4162 @@
       </c>
       <c r="G13" s="1" t="s">
         <v>62</v>
       </c>
       <c r="H13" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>64</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>65</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>32</v>
+        <v>66</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H14" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
         <v>32</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
         <v>18</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H16" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H17" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>10</v>
+        <v>83</v>
       </c>
       <c r="D18" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="G18" s="1" t="s">
+      <c r="H18" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>86</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
         <v>87</v>
       </c>
-      <c r="B19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>88</v>
       </c>
       <c r="H19" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>90</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="D20" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>84</v>
+        <v>32</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H20" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>26</v>
+        <v>95</v>
       </c>
       <c r="D21" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>84</v>
+        <v>32</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="H21" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>31</v>
+        <v>99</v>
       </c>
       <c r="D22" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>84</v>
+        <v>32</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="H22" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="D23" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>84</v>
+        <v>13</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="H23" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>40</v>
+        <v>107</v>
       </c>
       <c r="D24" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>84</v>
+        <v>13</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="H24" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>44</v>
+        <v>111</v>
       </c>
       <c r="D25" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>84</v>
+        <v>13</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="H25" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>48</v>
+        <v>115</v>
       </c>
       <c r="D26" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>84</v>
+        <v>13</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="H26" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>52</v>
+        <v>119</v>
       </c>
       <c r="D27" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="H27" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>56</v>
+        <v>123</v>
       </c>
       <c r="D28" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="H28" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>61</v>
+        <v>127</v>
       </c>
       <c r="D29" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>118</v>
+        <v>32</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="H29" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>65</v>
+        <v>131</v>
       </c>
       <c r="D30" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="H30" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>69</v>
+        <v>135</v>
       </c>
       <c r="D31" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>126</v>
+        <v>137</v>
       </c>
       <c r="H31" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>128</v>
+        <v>139</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>73</v>
+        <v>140</v>
       </c>
       <c r="D32" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>118</v>
+        <v>141</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="H32" t="s">
-        <v>130</v>
+        <v>143</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>131</v>
+        <v>144</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>77</v>
+        <v>145</v>
       </c>
       <c r="D33" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>125</v>
+        <v>141</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>132</v>
+        <v>146</v>
       </c>
       <c r="H33" t="s">
-        <v>133</v>
+        <v>147</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>134</v>
+        <v>148</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>135</v>
+        <v>149</v>
       </c>
       <c r="D34" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>137</v>
+        <v>150</v>
       </c>
       <c r="H34" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>139</v>
+        <v>152</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>140</v>
+        <v>153</v>
       </c>
       <c r="D35" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="H35" t="s">
-        <v>142</v>
+        <v>155</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>143</v>
+        <v>156</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>144</v>
+        <v>157</v>
       </c>
       <c r="D36" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>145</v>
+        <v>158</v>
       </c>
       <c r="H36" t="s">
-        <v>146</v>
+        <v>159</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>147</v>
+        <v>160</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>148</v>
+        <v>161</v>
       </c>
       <c r="D37" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>149</v>
+        <v>162</v>
       </c>
       <c r="H37" t="s">
-        <v>150</v>
+        <v>163</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>152</v>
+        <v>165</v>
       </c>
       <c r="D38" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>153</v>
+        <v>166</v>
       </c>
       <c r="H38" t="s">
-        <v>154</v>
+        <v>167</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>155</v>
+        <v>168</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>156</v>
+        <v>169</v>
       </c>
       <c r="D39" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>125</v>
+        <v>141</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>157</v>
+        <v>170</v>
       </c>
       <c r="H39" t="s">
-        <v>158</v>
+        <v>171</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>159</v>
+        <v>172</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>160</v>
+        <v>173</v>
       </c>
       <c r="D40" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>125</v>
+        <v>32</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>161</v>
+        <v>174</v>
       </c>
       <c r="H40" t="s">
-        <v>162</v>
+        <v>175</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>163</v>
+        <v>176</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>164</v>
+        <v>177</v>
       </c>
       <c r="D41" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>125</v>
+        <v>32</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>165</v>
+        <v>178</v>
       </c>
       <c r="H41" t="s">
-        <v>166</v>
+        <v>179</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>168</v>
+        <v>181</v>
       </c>
       <c r="D42" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>125</v>
+        <v>32</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>169</v>
+        <v>182</v>
       </c>
       <c r="H42" t="s">
-        <v>170</v>
+        <v>183</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>171</v>
+        <v>184</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>172</v>
+        <v>185</v>
       </c>
       <c r="D43" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>125</v>
+        <v>141</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>173</v>
+        <v>186</v>
       </c>
       <c r="H43" t="s">
-        <v>174</v>
+        <v>187</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>175</v>
+        <v>188</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>176</v>
+        <v>189</v>
       </c>
       <c r="D44" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>125</v>
+        <v>141</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>177</v>
+        <v>190</v>
       </c>
       <c r="H44" t="s">
-        <v>178</v>
+        <v>191</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>180</v>
+        <v>193</v>
       </c>
       <c r="D45" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>125</v>
+        <v>141</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>181</v>
+        <v>194</v>
       </c>
       <c r="H45" t="s">
-        <v>182</v>
+        <v>195</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>183</v>
+        <v>196</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>184</v>
+        <v>197</v>
       </c>
       <c r="D46" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>125</v>
+        <v>141</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>185</v>
+        <v>198</v>
       </c>
       <c r="H46" t="s">
-        <v>186</v>
+        <v>199</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>187</v>
+        <v>200</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>188</v>
+        <v>201</v>
       </c>
       <c r="D47" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>189</v>
+        <v>202</v>
       </c>
       <c r="H47" t="s">
-        <v>190</v>
+        <v>203</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>191</v>
+        <v>204</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>192</v>
+        <v>205</v>
       </c>
       <c r="D48" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>193</v>
+        <v>206</v>
       </c>
       <c r="H48" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>195</v>
+        <v>208</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>196</v>
+        <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E49" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F49" t="s">
-        <v>125</v>
+        <v>141</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>197</v>
+        <v>211</v>
       </c>
       <c r="H49" t="s">
-        <v>198</v>
+        <v>212</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>199</v>
+        <v>213</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>200</v>
+        <v>17</v>
       </c>
       <c r="D50" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E50" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F50" t="s">
-        <v>125</v>
+        <v>141</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="H50" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>203</v>
+        <v>216</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>204</v>
+        <v>22</v>
       </c>
       <c r="D51" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E51" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F51" t="s">
-        <v>125</v>
+        <v>141</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>205</v>
+        <v>217</v>
       </c>
       <c r="H51" t="s">
-        <v>206</v>
+        <v>218</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>207</v>
+        <v>219</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>208</v>
+        <v>26</v>
       </c>
       <c r="D52" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E52" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F52" t="s">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>209</v>
+        <v>220</v>
       </c>
       <c r="H52" t="s">
-        <v>210</v>
+        <v>221</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>211</v>
+        <v>222</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>212</v>
+        <v>31</v>
       </c>
       <c r="D53" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E53" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F53" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>213</v>
+        <v>223</v>
       </c>
       <c r="H53" t="s">
-        <v>214</v>
+        <v>224</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>215</v>
+        <v>225</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>216</v>
+        <v>36</v>
       </c>
       <c r="D54" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E54" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F54" t="s">
-        <v>84</v>
+        <v>141</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="H54" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>220</v>
+        <v>40</v>
       </c>
       <c r="D55" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E55" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F55" t="s">
-        <v>84</v>
+        <v>141</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="H55" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>224</v>
+        <v>44</v>
       </c>
       <c r="D56" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E56" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F56" t="s">
-        <v>27</v>
+        <v>141</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="H56" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>228</v>
+        <v>48</v>
       </c>
       <c r="D57" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E57" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F57" t="s">
-        <v>84</v>
+        <v>141</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="H57" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>232</v>
+        <v>52</v>
       </c>
       <c r="D58" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E58" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F58" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="H58" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>236</v>
+        <v>56</v>
       </c>
       <c r="D59" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E59" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F59" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="H59" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>240</v>
+        <v>61</v>
       </c>
       <c r="D60" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E60" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F60" t="s">
-        <v>84</v>
+        <v>244</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="H60" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>244</v>
+        <v>65</v>
       </c>
       <c r="D61" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E61" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F61" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="H61" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>248</v>
+        <v>70</v>
       </c>
       <c r="D62" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E62" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F62" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H62" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>253</v>
+        <v>74</v>
       </c>
       <c r="D63" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E63" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F63" t="s">
-        <v>125</v>
+        <v>244</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="H63" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>257</v>
+        <v>78</v>
       </c>
       <c r="D64" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E64" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F64" t="s">
-        <v>125</v>
+        <v>251</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>258</v>
       </c>
       <c r="H64" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>260</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
+        <v>83</v>
+      </c>
+      <c r="D65" t="s">
+        <v>209</v>
+      </c>
+      <c r="E65" t="s">
+        <v>210</v>
+      </c>
+      <c r="F65" t="s">
+        <v>66</v>
+      </c>
+      <c r="G65" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="D65" t="s">
-[...8 lines deleted...]
-      <c r="G65" s="1" t="s">
+      <c r="H65" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>263</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>87</v>
+      </c>
+      <c r="D66" t="s">
+        <v>209</v>
+      </c>
+      <c r="E66" t="s">
+        <v>210</v>
+      </c>
+      <c r="F66" t="s">
+        <v>18</v>
+      </c>
+      <c r="G66" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="B66" t="s">
-[...2 lines deleted...]
-      <c r="C66" t="s">
+      <c r="H66" t="s">
         <v>265</v>
-      </c>
-[...13 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>266</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>91</v>
+      </c>
+      <c r="D67" t="s">
+        <v>209</v>
+      </c>
+      <c r="E67" t="s">
+        <v>210</v>
+      </c>
+      <c r="F67" t="s">
+        <v>32</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H67" t="s">
         <v>268</v>
-      </c>
-[...19 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>273</v>
+        <v>95</v>
       </c>
       <c r="D68" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E68" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F68" t="s">
-        <v>84</v>
+        <v>32</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="H68" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>277</v>
+        <v>99</v>
       </c>
       <c r="D69" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E69" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F69" t="s">
-        <v>125</v>
+        <v>32</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="H69" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>281</v>
+        <v>103</v>
       </c>
       <c r="D70" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E70" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F70" t="s">
-        <v>27</v>
+        <v>251</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="H70" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>285</v>
+        <v>107</v>
       </c>
       <c r="D71" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E71" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F71" t="s">
-        <v>32</v>
+        <v>251</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
       <c r="H71" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>288</v>
+        <v>281</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>289</v>
+        <v>111</v>
       </c>
       <c r="D72" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E72" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F72" t="s">
-        <v>32</v>
+        <v>251</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="H72" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>293</v>
+        <v>115</v>
       </c>
       <c r="D73" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E73" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F73" t="s">
-        <v>84</v>
+        <v>251</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>294</v>
+        <v>285</v>
       </c>
       <c r="H73" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>297</v>
+        <v>119</v>
       </c>
       <c r="D74" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E74" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F74" t="s">
-        <v>84</v>
+        <v>251</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>298</v>
+        <v>288</v>
       </c>
       <c r="H74" t="s">
-        <v>299</v>
+        <v>289</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>301</v>
+        <v>123</v>
       </c>
       <c r="D75" t="s">
-        <v>82</v>
+        <v>209</v>
       </c>
       <c r="E75" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="F75" t="s">
-        <v>84</v>
+        <v>251</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="H75" t="s">
-        <v>303</v>
+        <v>292</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>304</v>
+        <v>293</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>52</v>
+        <v>127</v>
       </c>
       <c r="D76" t="s">
-        <v>305</v>
+        <v>209</v>
       </c>
       <c r="E76" t="s">
-        <v>306</v>
+        <v>210</v>
+      </c>
+      <c r="F76" t="s">
+        <v>251</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>307</v>
+        <v>294</v>
       </c>
       <c r="H76" t="s">
-        <v>308</v>
+        <v>295</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>309</v>
+        <v>296</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>10</v>
+        <v>131</v>
       </c>
       <c r="D77" t="s">
-        <v>310</v>
+        <v>209</v>
       </c>
       <c r="E77" t="s">
-        <v>311</v>
+        <v>210</v>
       </c>
       <c r="F77" t="s">
-        <v>312</v>
+        <v>251</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>313</v>
+        <v>297</v>
       </c>
       <c r="H77" t="s">
-        <v>314</v>
+        <v>298</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>315</v>
+        <v>299</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="D78" t="s">
-        <v>310</v>
+        <v>209</v>
       </c>
       <c r="E78" t="s">
-        <v>311</v>
+        <v>210</v>
       </c>
       <c r="F78" t="s">
-        <v>316</v>
+        <v>32</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>317</v>
+        <v>300</v>
       </c>
       <c r="H78" t="s">
-        <v>318</v>
+        <v>301</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>319</v>
+        <v>302</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>22</v>
+        <v>140</v>
       </c>
       <c r="D79" t="s">
-        <v>310</v>
+        <v>209</v>
       </c>
       <c r="E79" t="s">
-        <v>311</v>
+        <v>210</v>
       </c>
       <c r="F79" t="s">
-        <v>320</v>
+        <v>32</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>321</v>
+        <v>303</v>
       </c>
       <c r="H79" t="s">
-        <v>322</v>
+        <v>304</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>305</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>145</v>
+      </c>
+      <c r="D80" t="s">
+        <v>209</v>
+      </c>
+      <c r="E80" t="s">
+        <v>210</v>
+      </c>
+      <c r="F80" t="s">
+        <v>251</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="H80" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>308</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>149</v>
+      </c>
+      <c r="D81" t="s">
+        <v>209</v>
+      </c>
+      <c r="E81" t="s">
+        <v>210</v>
+      </c>
+      <c r="F81" t="s">
+        <v>251</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H81" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>311</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>153</v>
+      </c>
+      <c r="D82" t="s">
+        <v>209</v>
+      </c>
+      <c r="E82" t="s">
+        <v>210</v>
+      </c>
+      <c r="F82" t="s">
+        <v>251</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H82" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>314</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>157</v>
+      </c>
+      <c r="D83" t="s">
+        <v>209</v>
+      </c>
+      <c r="E83" t="s">
+        <v>210</v>
+      </c>
+      <c r="F83" t="s">
+        <v>18</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H83" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>317</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>161</v>
+      </c>
+      <c r="D84" t="s">
+        <v>209</v>
+      </c>
+      <c r="E84" t="s">
+        <v>210</v>
+      </c>
+      <c r="F84" t="s">
+        <v>32</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H84" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>320</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>165</v>
+      </c>
+      <c r="D85" t="s">
+        <v>209</v>
+      </c>
+      <c r="E85" t="s">
+        <v>210</v>
+      </c>
+      <c r="F85" t="s">
+        <v>141</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="H85" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
         <v>323</v>
       </c>
-      <c r="B80" t="s">
-[...2 lines deleted...]
-      <c r="C80" t="s">
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>169</v>
+      </c>
+      <c r="D86" t="s">
+        <v>209</v>
+      </c>
+      <c r="E86" t="s">
+        <v>210</v>
+      </c>
+      <c r="F86" t="s">
+        <v>141</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="H86" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>326</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>173</v>
+      </c>
+      <c r="D87" t="s">
+        <v>209</v>
+      </c>
+      <c r="E87" t="s">
+        <v>210</v>
+      </c>
+      <c r="F87" t="s">
+        <v>27</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="H87" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>329</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>177</v>
+      </c>
+      <c r="D88" t="s">
+        <v>209</v>
+      </c>
+      <c r="E88" t="s">
+        <v>210</v>
+      </c>
+      <c r="F88" t="s">
+        <v>141</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="H88" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>332</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>181</v>
+      </c>
+      <c r="D89" t="s">
+        <v>209</v>
+      </c>
+      <c r="E89" t="s">
+        <v>210</v>
+      </c>
+      <c r="F89" t="s">
+        <v>141</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="H89" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>335</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>185</v>
+      </c>
+      <c r="D90" t="s">
+        <v>209</v>
+      </c>
+      <c r="E90" t="s">
+        <v>210</v>
+      </c>
+      <c r="F90" t="s">
+        <v>141</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="H90" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>338</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>189</v>
+      </c>
+      <c r="D91" t="s">
+        <v>209</v>
+      </c>
+      <c r="E91" t="s">
+        <v>210</v>
+      </c>
+      <c r="F91" t="s">
+        <v>141</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="H91" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>341</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>193</v>
+      </c>
+      <c r="D92" t="s">
+        <v>209</v>
+      </c>
+      <c r="E92" t="s">
+        <v>210</v>
+      </c>
+      <c r="F92" t="s">
+        <v>141</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H92" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>344</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>197</v>
+      </c>
+      <c r="D93" t="s">
+        <v>209</v>
+      </c>
+      <c r="E93" t="s">
+        <v>210</v>
+      </c>
+      <c r="F93" t="s">
+        <v>345</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="H93" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>348</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>201</v>
+      </c>
+      <c r="D94" t="s">
+        <v>209</v>
+      </c>
+      <c r="E94" t="s">
+        <v>210</v>
+      </c>
+      <c r="F94" t="s">
+        <v>251</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="H94" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>351</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>205</v>
+      </c>
+      <c r="D95" t="s">
+        <v>209</v>
+      </c>
+      <c r="E95" t="s">
+        <v>210</v>
+      </c>
+      <c r="F95" t="s">
+        <v>251</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="H95" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>354</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>355</v>
+      </c>
+      <c r="D96" t="s">
+        <v>209</v>
+      </c>
+      <c r="E96" t="s">
+        <v>210</v>
+      </c>
+      <c r="F96" t="s">
+        <v>251</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="H96" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>358</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>359</v>
+      </c>
+      <c r="D97" t="s">
+        <v>209</v>
+      </c>
+      <c r="E97" t="s">
+        <v>210</v>
+      </c>
+      <c r="F97" t="s">
+        <v>251</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="H97" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>362</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>363</v>
+      </c>
+      <c r="D98" t="s">
+        <v>209</v>
+      </c>
+      <c r="E98" t="s">
+        <v>210</v>
+      </c>
+      <c r="F98" t="s">
+        <v>141</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="H98" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>366</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>367</v>
+      </c>
+      <c r="D99" t="s">
+        <v>209</v>
+      </c>
+      <c r="E99" t="s">
+        <v>210</v>
+      </c>
+      <c r="F99" t="s">
+        <v>141</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="H99" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>370</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>371</v>
+      </c>
+      <c r="D100" t="s">
+        <v>209</v>
+      </c>
+      <c r="E100" t="s">
+        <v>210</v>
+      </c>
+      <c r="F100" t="s">
+        <v>251</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="H100" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>374</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>375</v>
+      </c>
+      <c r="D101" t="s">
+        <v>209</v>
+      </c>
+      <c r="E101" t="s">
+        <v>210</v>
+      </c>
+      <c r="F101" t="s">
+        <v>27</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="H101" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>378</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>379</v>
+      </c>
+      <c r="D102" t="s">
+        <v>209</v>
+      </c>
+      <c r="E102" t="s">
+        <v>210</v>
+      </c>
+      <c r="F102" t="s">
+        <v>32</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="H102" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>382</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>383</v>
+      </c>
+      <c r="D103" t="s">
+        <v>209</v>
+      </c>
+      <c r="E103" t="s">
+        <v>210</v>
+      </c>
+      <c r="F103" t="s">
+        <v>32</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="H103" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>386</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>387</v>
+      </c>
+      <c r="D104" t="s">
+        <v>209</v>
+      </c>
+      <c r="E104" t="s">
+        <v>210</v>
+      </c>
+      <c r="F104" t="s">
+        <v>141</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="H104" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>390</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>391</v>
+      </c>
+      <c r="D105" t="s">
+        <v>209</v>
+      </c>
+      <c r="E105" t="s">
+        <v>210</v>
+      </c>
+      <c r="F105" t="s">
+        <v>141</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="H105" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>394</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>395</v>
+      </c>
+      <c r="D106" t="s">
+        <v>209</v>
+      </c>
+      <c r="E106" t="s">
+        <v>210</v>
+      </c>
+      <c r="F106" t="s">
+        <v>141</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="H106" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>398</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>399</v>
+      </c>
+      <c r="D107" t="s">
+        <v>209</v>
+      </c>
+      <c r="E107" t="s">
+        <v>210</v>
+      </c>
+      <c r="F107" t="s">
+        <v>400</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="H107" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>403</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>404</v>
+      </c>
+      <c r="D108" t="s">
+        <v>209</v>
+      </c>
+      <c r="E108" t="s">
+        <v>210</v>
+      </c>
+      <c r="F108" t="s">
+        <v>32</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="H108" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>407</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>408</v>
+      </c>
+      <c r="D109" t="s">
+        <v>209</v>
+      </c>
+      <c r="E109" t="s">
+        <v>210</v>
+      </c>
+      <c r="F109" t="s">
+        <v>32</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="H109" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>411</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>412</v>
+      </c>
+      <c r="D110" t="s">
+        <v>209</v>
+      </c>
+      <c r="E110" t="s">
+        <v>210</v>
+      </c>
+      <c r="F110" t="s">
+        <v>141</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="H110" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>415</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>416</v>
+      </c>
+      <c r="D111" t="s">
+        <v>209</v>
+      </c>
+      <c r="E111" t="s">
+        <v>210</v>
+      </c>
+      <c r="F111" t="s">
+        <v>141</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="H111" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>419</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>420</v>
+      </c>
+      <c r="D112" t="s">
+        <v>209</v>
+      </c>
+      <c r="E112" t="s">
+        <v>210</v>
+      </c>
+      <c r="F112" t="s">
+        <v>141</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="H112" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>423</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>424</v>
+      </c>
+      <c r="D113" t="s">
+        <v>209</v>
+      </c>
+      <c r="E113" t="s">
+        <v>210</v>
+      </c>
+      <c r="F113" t="s">
+        <v>141</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="H113" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>427</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>428</v>
+      </c>
+      <c r="D114" t="s">
+        <v>209</v>
+      </c>
+      <c r="E114" t="s">
+        <v>210</v>
+      </c>
+      <c r="F114" t="s">
+        <v>141</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="H114" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>430</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>431</v>
+      </c>
+      <c r="D115" t="s">
+        <v>209</v>
+      </c>
+      <c r="E115" t="s">
+        <v>210</v>
+      </c>
+      <c r="F115" t="s">
+        <v>141</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="H115" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>434</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>435</v>
+      </c>
+      <c r="D116" t="s">
+        <v>209</v>
+      </c>
+      <c r="E116" t="s">
+        <v>210</v>
+      </c>
+      <c r="F116" t="s">
+        <v>141</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="H116" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>438</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>439</v>
+      </c>
+      <c r="D117" t="s">
+        <v>209</v>
+      </c>
+      <c r="E117" t="s">
+        <v>210</v>
+      </c>
+      <c r="F117" t="s">
+        <v>251</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="H117" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>442</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>443</v>
+      </c>
+      <c r="D118" t="s">
+        <v>209</v>
+      </c>
+      <c r="E118" t="s">
+        <v>210</v>
+      </c>
+      <c r="F118" t="s">
+        <v>345</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="H118" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>446</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>447</v>
+      </c>
+      <c r="D119" t="s">
+        <v>209</v>
+      </c>
+      <c r="E119" t="s">
+        <v>210</v>
+      </c>
+      <c r="F119" t="s">
+        <v>251</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="H119" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>450</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>451</v>
+      </c>
+      <c r="D120" t="s">
+        <v>209</v>
+      </c>
+      <c r="E120" t="s">
+        <v>210</v>
+      </c>
+      <c r="F120" t="s">
+        <v>251</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="H120" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>454</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>455</v>
+      </c>
+      <c r="D121" t="s">
+        <v>209</v>
+      </c>
+      <c r="E121" t="s">
+        <v>210</v>
+      </c>
+      <c r="F121" t="s">
+        <v>251</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="H121" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>458</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>459</v>
+      </c>
+      <c r="D122" t="s">
+        <v>209</v>
+      </c>
+      <c r="E122" t="s">
+        <v>210</v>
+      </c>
+      <c r="F122" t="s">
+        <v>141</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H122" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>462</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>463</v>
+      </c>
+      <c r="D123" t="s">
+        <v>209</v>
+      </c>
+      <c r="E123" t="s">
+        <v>210</v>
+      </c>
+      <c r="F123" t="s">
+        <v>251</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="H123" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>466</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>467</v>
+      </c>
+      <c r="D124" t="s">
+        <v>209</v>
+      </c>
+      <c r="E124" t="s">
+        <v>210</v>
+      </c>
+      <c r="F124" t="s">
+        <v>251</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="H124" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>470</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>471</v>
+      </c>
+      <c r="D125" t="s">
+        <v>209</v>
+      </c>
+      <c r="E125" t="s">
+        <v>210</v>
+      </c>
+      <c r="F125" t="s">
+        <v>251</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="H125" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>474</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>475</v>
+      </c>
+      <c r="D126" t="s">
+        <v>209</v>
+      </c>
+      <c r="E126" t="s">
+        <v>210</v>
+      </c>
+      <c r="F126" t="s">
+        <v>141</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="H126" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>478</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>479</v>
+      </c>
+      <c r="D127" t="s">
+        <v>209</v>
+      </c>
+      <c r="E127" t="s">
+        <v>210</v>
+      </c>
+      <c r="F127" t="s">
+        <v>18</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="H127" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>482</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>483</v>
+      </c>
+      <c r="D128" t="s">
+        <v>209</v>
+      </c>
+      <c r="E128" t="s">
+        <v>210</v>
+      </c>
+      <c r="F128" t="s">
+        <v>251</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="H128" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>486</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>487</v>
+      </c>
+      <c r="D129" t="s">
+        <v>209</v>
+      </c>
+      <c r="E129" t="s">
+        <v>210</v>
+      </c>
+      <c r="F129" t="s">
+        <v>18</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="H129" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>490</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>491</v>
+      </c>
+      <c r="D130" t="s">
+        <v>209</v>
+      </c>
+      <c r="E130" t="s">
+        <v>210</v>
+      </c>
+      <c r="F130" t="s">
+        <v>18</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="H130" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>494</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>495</v>
+      </c>
+      <c r="D131" t="s">
+        <v>209</v>
+      </c>
+      <c r="E131" t="s">
+        <v>210</v>
+      </c>
+      <c r="F131" t="s">
+        <v>141</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="H131" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>497</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>498</v>
+      </c>
+      <c r="D132" t="s">
+        <v>209</v>
+      </c>
+      <c r="E132" t="s">
+        <v>210</v>
+      </c>
+      <c r="F132" t="s">
+        <v>32</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="H132" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>501</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>502</v>
+      </c>
+      <c r="D133" t="s">
+        <v>209</v>
+      </c>
+      <c r="E133" t="s">
+        <v>210</v>
+      </c>
+      <c r="F133" t="s">
+        <v>32</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="H133" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>505</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>506</v>
+      </c>
+      <c r="D134" t="s">
+        <v>209</v>
+      </c>
+      <c r="E134" t="s">
+        <v>210</v>
+      </c>
+      <c r="F134" t="s">
+        <v>32</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="H134" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>509</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>510</v>
+      </c>
+      <c r="D135" t="s">
+        <v>209</v>
+      </c>
+      <c r="E135" t="s">
+        <v>210</v>
+      </c>
+      <c r="F135" t="s">
+        <v>32</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H135" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>513</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>514</v>
+      </c>
+      <c r="D136" t="s">
+        <v>209</v>
+      </c>
+      <c r="E136" t="s">
+        <v>210</v>
+      </c>
+      <c r="F136" t="s">
+        <v>251</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="H136" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>517</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>518</v>
+      </c>
+      <c r="D137" t="s">
+        <v>209</v>
+      </c>
+      <c r="E137" t="s">
+        <v>210</v>
+      </c>
+      <c r="F137" t="s">
+        <v>251</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="H137" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>521</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>522</v>
+      </c>
+      <c r="D138" t="s">
+        <v>209</v>
+      </c>
+      <c r="E138" t="s">
+        <v>210</v>
+      </c>
+      <c r="F138" t="s">
+        <v>18</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="H138" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>525</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>526</v>
+      </c>
+      <c r="D139" t="s">
+        <v>209</v>
+      </c>
+      <c r="E139" t="s">
+        <v>210</v>
+      </c>
+      <c r="F139" t="s">
+        <v>32</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="H139" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>529</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>530</v>
+      </c>
+      <c r="D140" t="s">
+        <v>209</v>
+      </c>
+      <c r="E140" t="s">
+        <v>210</v>
+      </c>
+      <c r="F140" t="s">
+        <v>141</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="H140" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>533</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>534</v>
+      </c>
+      <c r="D141" t="s">
+        <v>209</v>
+      </c>
+      <c r="E141" t="s">
+        <v>210</v>
+      </c>
+      <c r="F141" t="s">
+        <v>141</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="H141" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>537</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>538</v>
+      </c>
+      <c r="D142" t="s">
+        <v>209</v>
+      </c>
+      <c r="E142" t="s">
+        <v>210</v>
+      </c>
+      <c r="F142" t="s">
+        <v>27</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="H142" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>541</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>542</v>
+      </c>
+      <c r="D143" t="s">
+        <v>209</v>
+      </c>
+      <c r="E143" t="s">
+        <v>210</v>
+      </c>
+      <c r="F143" t="s">
+        <v>18</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="H143" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>545</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>546</v>
+      </c>
+      <c r="D144" t="s">
+        <v>209</v>
+      </c>
+      <c r="E144" t="s">
+        <v>210</v>
+      </c>
+      <c r="F144" t="s">
+        <v>18</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="H144" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>549</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>550</v>
+      </c>
+      <c r="D145" t="s">
+        <v>209</v>
+      </c>
+      <c r="E145" t="s">
+        <v>210</v>
+      </c>
+      <c r="F145" t="s">
+        <v>251</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="H145" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>553</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>554</v>
+      </c>
+      <c r="D146" t="s">
+        <v>209</v>
+      </c>
+      <c r="E146" t="s">
+        <v>210</v>
+      </c>
+      <c r="F146" t="s">
+        <v>251</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="H146" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>557</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>558</v>
+      </c>
+      <c r="D147" t="s">
+        <v>209</v>
+      </c>
+      <c r="E147" t="s">
+        <v>210</v>
+      </c>
+      <c r="F147" t="s">
+        <v>141</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="H147" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>561</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>562</v>
+      </c>
+      <c r="D148" t="s">
+        <v>209</v>
+      </c>
+      <c r="E148" t="s">
+        <v>210</v>
+      </c>
+      <c r="F148" t="s">
+        <v>141</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="H148" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>565</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>566</v>
+      </c>
+      <c r="D149" t="s">
+        <v>209</v>
+      </c>
+      <c r="E149" t="s">
+        <v>210</v>
+      </c>
+      <c r="F149" t="s">
+        <v>141</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="H149" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>569</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>570</v>
+      </c>
+      <c r="D150" t="s">
+        <v>209</v>
+      </c>
+      <c r="E150" t="s">
+        <v>210</v>
+      </c>
+      <c r="F150" t="s">
+        <v>141</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="H150" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>573</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>574</v>
+      </c>
+      <c r="D151" t="s">
+        <v>209</v>
+      </c>
+      <c r="E151" t="s">
+        <v>210</v>
+      </c>
+      <c r="F151" t="s">
+        <v>141</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="H151" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>577</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>578</v>
+      </c>
+      <c r="D152" t="s">
+        <v>209</v>
+      </c>
+      <c r="E152" t="s">
+        <v>210</v>
+      </c>
+      <c r="F152" t="s">
+        <v>13</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="H152" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>581</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>582</v>
+      </c>
+      <c r="D153" t="s">
+        <v>209</v>
+      </c>
+      <c r="E153" t="s">
+        <v>210</v>
+      </c>
+      <c r="F153" t="s">
+        <v>141</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="H153" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>585</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>586</v>
+      </c>
+      <c r="D154" t="s">
+        <v>209</v>
+      </c>
+      <c r="E154" t="s">
+        <v>210</v>
+      </c>
+      <c r="F154" t="s">
+        <v>27</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="H154" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>589</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>590</v>
+      </c>
+      <c r="D155" t="s">
+        <v>209</v>
+      </c>
+      <c r="E155" t="s">
+        <v>210</v>
+      </c>
+      <c r="F155" t="s">
+        <v>27</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="H155" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>593</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>594</v>
+      </c>
+      <c r="D156" t="s">
+        <v>209</v>
+      </c>
+      <c r="E156" t="s">
+        <v>210</v>
+      </c>
+      <c r="F156" t="s">
+        <v>251</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="H156" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>597</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>598</v>
+      </c>
+      <c r="D157" t="s">
+        <v>209</v>
+      </c>
+      <c r="E157" t="s">
+        <v>210</v>
+      </c>
+      <c r="F157" t="s">
+        <v>251</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="H157" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>601</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>602</v>
+      </c>
+      <c r="D158" t="s">
+        <v>209</v>
+      </c>
+      <c r="E158" t="s">
+        <v>210</v>
+      </c>
+      <c r="F158" t="s">
+        <v>251</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="H158" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>605</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>606</v>
+      </c>
+      <c r="D159" t="s">
+        <v>209</v>
+      </c>
+      <c r="E159" t="s">
+        <v>210</v>
+      </c>
+      <c r="F159" t="s">
+        <v>251</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="H159" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>609</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>610</v>
+      </c>
+      <c r="D160" t="s">
+        <v>209</v>
+      </c>
+      <c r="E160" t="s">
+        <v>210</v>
+      </c>
+      <c r="F160" t="s">
+        <v>251</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="H160" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>613</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>52</v>
+      </c>
+      <c r="D161" t="s">
+        <v>614</v>
+      </c>
+      <c r="E161" t="s">
+        <v>615</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="H161" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>618</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>56</v>
+      </c>
+      <c r="D162" t="s">
+        <v>614</v>
+      </c>
+      <c r="E162" t="s">
+        <v>615</v>
+      </c>
+      <c r="F162" t="s">
+        <v>18</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="H162" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>621</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
         <v>10</v>
       </c>
-      <c r="D80" t="s">
-[...12 lines deleted...]
-        <v>327</v>
+      <c r="D163" t="s">
+        <v>622</v>
+      </c>
+      <c r="E163" t="s">
+        <v>623</v>
+      </c>
+      <c r="F163" t="s">
+        <v>624</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="H163" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>627</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>17</v>
+      </c>
+      <c r="D164" t="s">
+        <v>622</v>
+      </c>
+      <c r="E164" t="s">
+        <v>623</v>
+      </c>
+      <c r="F164" t="s">
+        <v>628</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="H164" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>631</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>22</v>
+      </c>
+      <c r="D165" t="s">
+        <v>622</v>
+      </c>
+      <c r="E165" t="s">
+        <v>623</v>
+      </c>
+      <c r="F165" t="s">
+        <v>632</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="H165" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>635</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>26</v>
+      </c>
+      <c r="D166" t="s">
+        <v>622</v>
+      </c>
+      <c r="E166" t="s">
+        <v>623</v>
+      </c>
+      <c r="F166" t="s">
+        <v>141</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="H166" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>638</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>31</v>
+      </c>
+      <c r="D167" t="s">
+        <v>622</v>
+      </c>
+      <c r="E167" t="s">
+        <v>623</v>
+      </c>
+      <c r="F167" t="s">
+        <v>639</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="H167" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>642</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>36</v>
+      </c>
+      <c r="D168" t="s">
+        <v>622</v>
+      </c>
+      <c r="E168" t="s">
+        <v>623</v>
+      </c>
+      <c r="F168" t="s">
+        <v>643</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="H168" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>646</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>40</v>
+      </c>
+      <c r="D169" t="s">
+        <v>622</v>
+      </c>
+      <c r="E169" t="s">
+        <v>623</v>
+      </c>
+      <c r="F169" t="s">
+        <v>647</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="H169" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>650</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>44</v>
+      </c>
+      <c r="D170" t="s">
+        <v>622</v>
+      </c>
+      <c r="E170" t="s">
+        <v>623</v>
+      </c>
+      <c r="F170" t="s">
+        <v>651</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="H170" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>654</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>10</v>
+      </c>
+      <c r="D171" t="s">
+        <v>655</v>
+      </c>
+      <c r="E171" t="s">
+        <v>656</v>
+      </c>
+      <c r="F171" t="s">
+        <v>141</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="H171" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>659</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>17</v>
+      </c>
+      <c r="D172" t="s">
+        <v>655</v>
+      </c>
+      <c r="E172" t="s">
+        <v>656</v>
+      </c>
+      <c r="F172" t="s">
+        <v>32</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="H172" t="s">
+        <v>661</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -3562,50 +6968,142 @@
     <hyperlink ref="G56" r:id="rId55"/>
     <hyperlink ref="G57" r:id="rId56"/>
     <hyperlink ref="G58" r:id="rId57"/>
     <hyperlink ref="G59" r:id="rId58"/>
     <hyperlink ref="G60" r:id="rId59"/>
     <hyperlink ref="G61" r:id="rId60"/>
     <hyperlink ref="G62" r:id="rId61"/>
     <hyperlink ref="G63" r:id="rId62"/>
     <hyperlink ref="G64" r:id="rId63"/>
     <hyperlink ref="G65" r:id="rId64"/>
     <hyperlink ref="G66" r:id="rId65"/>
     <hyperlink ref="G67" r:id="rId66"/>
     <hyperlink ref="G68" r:id="rId67"/>
     <hyperlink ref="G69" r:id="rId68"/>
     <hyperlink ref="G70" r:id="rId69"/>
     <hyperlink ref="G71" r:id="rId70"/>
     <hyperlink ref="G72" r:id="rId71"/>
     <hyperlink ref="G73" r:id="rId72"/>
     <hyperlink ref="G74" r:id="rId73"/>
     <hyperlink ref="G75" r:id="rId74"/>
     <hyperlink ref="G76" r:id="rId75"/>
     <hyperlink ref="G77" r:id="rId76"/>
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
     <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>