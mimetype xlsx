--- v0 (2025-12-14)
+++ v1 (2026-03-24)
@@ -54,102 +54,102 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>53508</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
   <si>
     <t>EDEVALDO LOUZANO, EDSON BATTILANI, IZAEL, JOSÉ EUGÊNIO MACIEL, PROFº SÉRGIO MARTINHAGO, SIDNEI JARDIM</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/53508/pelom_009-1999.pdf_-_nextcloud.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/53508/pelom_009-1999.pdf_-_nextcloud.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 24 DA LEI ORGÂNICA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>53509</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>EDSON BATTILANI, IZAEL, JOSÉ EUGÊNIO MACIEL, MARIA DOLORES, SIDNEI JARDIM</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/53509/pelom_010-1999.pdf_-_nextcloud.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/53509/pelom_010-1999.pdf_-_nextcloud.pdf</t>
   </si>
   <si>
     <t>53551</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>MARIA DOLORES</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/53551/mocao_509-1999_larissa_thayane_moreira.pdf_-_nextcloud.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/53551/mocao_509-1999_larissa_thayane_moreira.pdf_-_nextcloud.pdf</t>
   </si>
   <si>
     <t>Proposta de envio de MOÇÃO de  congratulações a Jovem Bailarina LARISSA THAYANE MOREIRA.</t>
   </si>
   <si>
     <t>57056</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/</t>
   </si>
   <si>
     <t>de autoria do Poder Executivo - AUTORIZA O CHEFE DO PODER EXECUTIVO A ASSINAR CONVÊNIO COM A COPEL PARA SUBSTITUIÇÃO DE LÂMPADAS DO SISTEMA DE ILUMINAÇÃO PÚBLICA. LEI N.º 1210, de 1º de março/99, Publicada no Órgão Oficial n.º 463, de 05 de março/99. Arquivo geral em 14/02/2001.</t>
   </si>
   <si>
     <t>57057</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>de autoria do Poder Executivo - ALTERA O ARTIGO 59, DA LEI N.º 1008, DE 25 DE NOVEMBRO DE 1996, QUE DISPÕE SOBRE O ESTATUTO DO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE CAMPO MOURÃO. Lei n.º 1220, de 19 de abril/99, publicada no Órgão Oficial n.º 471, de 19 de abril/99. Arquivo geral em 14/02/2001.</t>
   </si>
   <si>
     <t>57058</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>de autoria do Vereador Antônio Carlos Verri Mançano - DISPÕE SOBRE A EXIGÊNCIA DE TRAVA E SISTEMA DE ALARME EM CAMINHÕES BASCULANTES.  Indeferido pelo Presidente. Parecer contrário do Jurídico. Arquivo geral em 14/02/2001.</t>
   </si>
   <si>
     <t>57059</t>
   </si>
@@ -258,51 +258,51 @@
   <si>
     <t>16</t>
   </si>
   <si>
     <t>de autoria do Poder Executivo - AUTORIZA DOAÇÃO DO LOTE C-1, DA QUADRA 19, JARDIM TROPICAL, AO ESTADO DO PARANÁ, DESTINADO À AMPLIAÇÃO DO COLÉGIO ESTADUAL PROFESSORA IVONE SOARES CASTANHARO - ENSINO FUNDAMENTAL E MÉDIO.  Lei n.º 1229, de 14 de junho/99 - publicada no Órgão Oficial n.º 480, de 18 de junho/99. Arquivo geral em 14/02/2001.</t>
   </si>
   <si>
     <t>57072</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>de autoria dos Vereadores Antônio Carlos Verri Mançano e José Luiz Gurgel - DISPÕE SOBRE A OBRIGATORIEDADE DA APRESENTAÇÃO DA CERTIDÃO DE NASCIMENTO, PARA AS CRIANÇAS NASCIDAS EM HOSPITAIS OU MATERNIDADES DESTE MUNICÍPIO, PARA A CONCESSÃO DE ALTA ÀS RESPECTIVAS MÃES. VETO N.º 009/99 - TOTAL. MANTIDO. Arquivo geral em 14/02/2001.</t>
   </si>
   <si>
     <t>8707</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/8707/pl_018-1999.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/8707/pl_018-1999.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício financeiro de 2000 e dá outras providências.</t>
   </si>
   <si>
     <t>57073</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>de autoria do Vereador Sérgio Martinhago, VEDA A INSTALAÇÃO DE BOMBAS DE AUTO ATENDIMENTO E IMPLANTAÇÃO DE SERVIÇOS  TIPO AUTO ATENDIMENTO EM POSTOS DE ABASTECIMENTO DE COMBUSTÍVEIS E DERIVADOS DE PETRÓLEO, NO MUNICÍPIO DE CAMPO MOURÃO E DA OUTRAS PROVIDÊNCIAS.  Veto total n.º 003/2000. Mantido. Arquivo geral em 14/02/2001.</t>
   </si>
   <si>
     <t>57074</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>de autoria dos Vereadores Antônio Carlos Verri Mançano e José Luiz Gurgel - DISPÕE SOBRE INCENTIVO FISCAL VISANDO ESTIMULAR A CRIAÇÃO DE NOVOS POSTOS DE TRABALHO: PRIMEIRO EMPREGO. Rejeitado em Plenário. Arquivo geral em 14/02/2001.</t>
   </si>
   <si>
     <t>57075</t>
   </si>
@@ -570,51 +570,51 @@
   <si>
     <t>51</t>
   </si>
   <si>
     <t>de autoria do Vereador José Gilberto de Souza - INSTITUI PROCEDIMENTOS PRÉVIOS OBRIGATÓRIOS ANTES DE QUALQUER PUNIÇÃO NO PROCESSO DE FISCALIZAÇÃO DE BARES, RESTAURANTES E SIMILARES, E DÁ OUTRAS PROVIDÊNCIAS. -  Veto total n.º 018/99 - MANTIDO. Arquivo geral em 14/02/2001.</t>
   </si>
   <si>
     <t>57105</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>de autoria do Vereador José Gilberto de Souza - DISPÕE SOBRE A INSTALAÇÃO DE PLACAS INDICATIVAS EM ÁREAS DE MANANCIAIS. Rejeitado em Plenário. Arquivo geral em 14/02/2001.</t>
   </si>
   <si>
     <t>8708</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>JOSÉ GILBERTO DE SOUZA, EDSON BATTILANI, JUVENAL VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/8708/pl-053-1999.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/8708/pl-053-1999.pdf</t>
   </si>
   <si>
     <t>ALTERA A SUMULA BEM COMO COMO O ARTIGO 1°, DA LEI 839, DE 17 DE DEZEMBRO, QUE ESTABELECE PRAZOS PARA A READEQUAÇÃO DE CALÇADAS E VIAS PÚBLICAS DANIFICADAS  QUANDO DA REALIZAÇÃO DE OBRAS E SERVIÇOS E DÁ OUTRAS PROVIDÊNCIAS, MODIFICANDO O CAPUT  E ACRESCENTANDO UM PARÁGRAFO ÚNICO.</t>
   </si>
   <si>
     <t>57106</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>de autoria dos Vereadores Juvenal Vieira e Edevaldo Louzano - DENOMINA WALTERNEI DE OLIVEIRA - WALTINHO, O GINÁSIO DE ESPORTES, LOCALIZADO NO JARDIM LAR PARANÁ, NESTE MUNICÍPIO. Lei n.º 1258, de 31 de dezembro/99. Publicada no Órgão Oficial n.º 514, de 31 de dezembro/99. Arquivo geral em 14/02/2001.</t>
   </si>
   <si>
     <t>57107</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>de autoria do 	Vereador José Gilberto de Souza - DISPÕE SOBRE A DISPONIBILIZAÇÃO, NA REDE INTERNET, DOS DADOS REFERENTES AS LEIS ORÇAMENTÁRIAS, E DÁ OUTRAS PROVIDÊNCIAS. Rejeitado em Plenário. Arquivo geral em 14/02/2001.</t>
   </si>
   <si>
     <t>57108</t>
   </si>
@@ -1032,51 +1032,51 @@
   <si>
     <t>57154</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>de autoria do Vereador José Gilberto de Souza - DISPÕE SOBRE A INCLUSÃO DA DISCIPLINA DE EDUCAÇÃO PARA O TRÂNSITO, COM ATIVIDADE EXTRACURRICULAR, NA REDE MUNICIPAL DE ENSINO DO MUNICÍPIO DE CAMPO MOURÃO. Indeferido pelo Presidente. Arquivo geral em 14/02/2001.</t>
   </si>
   <si>
     <t>57155</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>de autoria do Vereador José Gilberto de Souza - INSTITUI A SEMANA MUNICIPAL DE URBANISMO. Rejeitado nas Comissões.. Arquivo geral em 14/02/2001.</t>
   </si>
   <si>
     <t>8709</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/8709/pl_104-1999_vol._i.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/8709/pl_104-1999_vol._i.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Campo Mourão para o exercício de 2000.</t>
   </si>
   <si>
     <t>57156</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>de autoria do Vereador José Gilberto de Souza - DISPÕE SOBRE A OBRIGATORIEDADE DOS DISTRIBUIDORES DE FOLHETOS E PANFLETOS NAS VIAS E LOGRADOUROS PÚBLICOS A USAREM JALECOS E CRACHÁS, E DÁ OUTRAS PROVIDÊNCIAS. Rejeitado. Arquivo geral em 14/02/2001.</t>
   </si>
   <si>
     <t>57157</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>de autoria do Vereador José Gilberto de Souza - DISPÕE SOBRE A ISENÇÃO DE TAXAS  A  CONSTRUÇÃO E ATUALIZAÇÃO DE PROJETOS DE EDIFICAÇÃO PARA RESIDÊNCIAS DE ATÉ 80 M². Rejeitado. Arquivo geral em 14/02/2001.</t>
   </si>
   <si>
     <t>57158</t>
   </si>
@@ -1392,51 +1392,51 @@
   <si>
     <t>de autoria do Poder Executivo - AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÃO DE CRÉDITO COM O BANCO DO ESTADO DO PARANÁ S/A, ATRAVÉS DO FDU - FUNDO ESTADUAL DE DESENVOLVIMENTO URBANO - PARANÁ URBANO, E DÁ OUTRAS PROVIDÊNCIAS. Lei n.º 1266, de 4 de janeiro/2000 - Publicada no Órgão Oficial n.º 515, de 7 de janeiro/00. Arquivo geral em 14/02/2001.</t>
   </si>
   <si>
     <t>57193</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>de autoria do Poder Executivo - ALTERA E ACRESCENTA DISPOSITIVOS À LEI N.º 779, DE 11 DE DEZEMBRO DE 1992, ALTERADA PELAS LEIS N.º 849, DE 30 DE DEZEMBRO DE 1993, E N.º 1084, DE 30 DE DEZEMBRO DE 1997. Lei n.º 1265, de 30 de dezembro/99. Publicada no Órgão Oficial n.º 514, de 31 de dezembro/99.  Republicada no Órgão Oficial n.º 515, de 07/1/2000. Arquivo geral em 14/02/2001.</t>
   </si>
   <si>
     <t>8895</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>EDSON BATTILANI</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/8895/plc_06-1999.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/8895/plc_06-1999.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS À LEI COMPLEMENTAR N° 005, DE 30 DE SETEMBRO DE 1997 - CÓDIGO DE LIMPEZA URBANA</t>
   </si>
   <si>
     <t>57194</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>de autoria da Mesa Executiva - REFERENDA O TERMO DE CONVÊNIO CELEBRADO ENTRE O MUNICÍPIO DE CAMPO MOURÃO E A UNIVERSIDADE ESTADUAL DE MARINGÁ. Publicada no Órgão Oficial n.º 463, de 05 de março/99. Arquivo Geral em 14 de novembro/2000.</t>
   </si>
   <si>
     <t>57195</t>
   </si>
   <si>
     <t>de autoria da Mesa Executiva - REFERENDA O TERMO DE CONVÊNIO N.º 95929/98, CELEBRADO ENTRE A PREFEITURA MUNICIPAL DE CAMPO MOURÃO E O FUNDO NACIONAL DE DESENVOLVIMENTO DA EDUCAÇÃO - FNDE. Publicada no Órgão Oficial n.º 463, de 05 de março/99. Arquivo Geral em 14 de novembro/2000.</t>
   </si>
   <si>
     <t>57196</t>
   </si>
@@ -2217,51 +2217,51 @@
   <si>
     <t>57328</t>
   </si>
   <si>
     <t>de autoria da Mesa Executiva - REFERENDA O 3º TERMO ADITIVO AO CONVÊNIO N.º 59/98,   CELEBRADO ENTRE O MUNICÍPIO DE CAMPO MOURÃO, O FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL - FMAS E O PROGRAMA DO VOLUNTARIADO PARANAENSE DE CAMPO MOURÃO - PROVOPAR. Publicada no Órgão Oficial n.º 501, de 15 de outubro/99. Arquivo Geral em 14 de novembro/2000.</t>
   </si>
   <si>
     <t>57329</t>
   </si>
   <si>
     <t>de autoria dos Vereadores Sidnei de Souza Jardim, Edevaldo Louzano, Juvenal Vieira, José Gilberto de Souza, João Alves, Sérgio Martinhago e Janir Luiz Barbosa - DISPÕE SOBRE AS MEDIDAS ADOTADAS PELA COMISSÃO PARLAMENTAR DE INQUÉRITO CONSTITUÍDA PELA PORTARIA N.º 027/, DE 25 DE FEVEREIRO DE 1999. (Prostituição Infantil). Publicada no Órgão Oficial n.º 499, de 1º de outubro/99.   Arquivo Geral em 14 de novembro/2000.</t>
   </si>
   <si>
     <t>57331</t>
   </si>
   <si>
     <t>de autoria do Vereador José Gilberto de Souza - CRIA PÁGINA NA INTERNET DISPONIBILIZANDO INFORMAÇÕES SOBRE O LEGISLATIVO, VEREADORES E PROPOSIÇÕES, APRESENTADAS DURANTE A SESSÃO LEGISLATIVA, E DÁ OUTRAS PROVIDÊNCIAS. Rejeitada pelo Plenário. Arquivo Geral em 14 de novembro/2000.</t>
   </si>
   <si>
     <t>9990</t>
   </si>
   <si>
     <t>JOANI TEIXEIRA, JOSÉ GILBERTO DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/9990/pr_136-1999-parte_01.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/9990/pr_136-1999-parte_01.pdf</t>
   </si>
   <si>
     <t>INSTITUI O TÍTULO DE VULTO EMÉRITO ESTUDANTIL.</t>
   </si>
   <si>
     <t>57332</t>
   </si>
   <si>
     <t>de autoria da Mesa Executiva - REFERENDA O TERMO ADITIVO N.º 642/99, AO CONVÊNIO N.º 1473/98, CELEBRADO ENTRE O MUNICÍPIO DE CAMPO MOURÃO E O INSTITUTO DE DESENVOLVIMENTO EDUCACIONAL DO PARANÁ - FUNDEPAR. Publicada no Órgão Oficial n.º 506, de 19 de novembro/99. Arquivo Geral em 14 de novembro/2000.</t>
   </si>
   <si>
     <t>57333</t>
   </si>
   <si>
     <t>de autoria da Mesa Executiva - REFERENDA O TERMO ADITIVO N.º 641/99, AO CONVÊNIO N.º 635/98, CELEBRADO ENTRE O MUNICÍPIO DE CAMPO MOURÃO E O INSTITUTO DE DESENVOLVIMENTO EDUCACIONAL DO PARANÁ - FUNDEPAR. Publicada no Órgão Oficial n.º 506, de 19 de novembro/99. Arquivo Geral em 14 de novembro/2000.</t>
   </si>
   <si>
     <t>57334</t>
   </si>
   <si>
     <t>de autoria da Mesa Executiva - REFERENDA O TERMO ADITIVO N.º 639/99, AO CONVÊNIO N.º 1646/98, CELEBRADO ENTRE O MUNICÍPIO DE CAMPO MOURÃO E O INSTITUTO DE DESENVOLVIMENTO EDUCACIONAL DO PARANÁ - FUNDEPAR. Publicada no Órgão Oficial n.º 506, de 19 de novembro/99. Arquivo Geral em 14 de novembro/2000.</t>
   </si>
   <si>
     <t>57335</t>
   </si>
@@ -2679,57 +2679,57 @@
   <si>
     <t>187</t>
   </si>
   <si>
     <t>de autoria dos Vereadores Sidnei de Souza Jardim, Izael Skowronski, Edson Battilani, Janir Luiz Barbosa, Joani Teixeira, João Alves, José Eugênio Maciel, Juvenal Vieira, Maria Dolores Barrionuevo Alves e Maria Verci Ribeiro - CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE CAMPO MOURÃO, À SENHORA FANI LERNER. Indeferido pelo Presidente. Arquivo Geral em 14 de novembro/2000</t>
   </si>
   <si>
     <t>57383</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>de autoria dos Vereadores Maria Dolores Barrionuevo Alves, Joani Teixeira, João Alves, José Eugênio Maciel, José Gilberto de Souza, Maria Verci Ribeiro, Izael Skowronski. Edson Battilani, Sérgio Martinhago e Sidnei de Souza Jardim - CONCEDE O TÍTULO DE MÉRITO DESPORTIVO AO DR. JAIR GRASSO. Indeferido pelo Presidente. Arquivo Geral em 14 de novembro/2000.</t>
   </si>
   <si>
     <t>53431</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA À LEI ORGÂNICA DO MUNICÍPIO</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/53431/pelom_009-1999.pdf_-_nextcloud.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/53431/pelom_009-1999.pdf_-_nextcloud.pdf</t>
   </si>
   <si>
     <t>53432</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/53432/pelom_010-1999.pdf_-_nextcloud.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/53432/pelom_010-1999.pdf_-_nextcloud.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇO AO ARTIGO 32 DA LEI ORGANICA DO MUNICIPIO.</t>
   </si>
   <si>
     <t>57384</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>de autoria do Poder Executivo - Veto  total ao Projeto de Lei n.º 242/98 , de autoria dos Vereadores Júlio Vieira dos Santos e Maria Verci Ribeiro - DISPÕE SOBRE A UTILIZAÇÃO, PELA COMUNIDADE DE PRÉDIOS ESCOLARES PERTENCENTES AO MUNICÍPIO DE CAMPO MOURÃO, EM PERÍODOS QUE ESPECIFICA. Veto mantido. Arquivo geral em 24/03/2000.</t>
   </si>
   <si>
     <t>57385</t>
   </si>
   <si>
     <t>de autoria do Poder Executivo - Veto ao artigo 4º, do Projeto de Lei n.º 228/98, de autoria do Vereador Júlio Vieira dos Santos - INSTITUI PARA O 2º DOMINGO DE DEZEMBRO, NO ÂMBITO DO MUNICÍPIO DE CAMPO MOURÃO, O DIA DO ECUMENISMO RELIGIOSO. Veto mantido. Arquivo geral em 24/03/2000.</t>
   </si>
   <si>
     <t>57386</t>
   </si>
@@ -3150,68 +3150,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/53508/pelom_009-1999.pdf_-_nextcloud.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/53509/pelom_010-1999.pdf_-_nextcloud.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/53551/mocao_509-1999_larissa_thayane_moreira.pdf_-_nextcloud.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/8707/pl_018-1999.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/8708/pl-053-1999.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/8709/pl_104-1999_vol._i.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/8895/plc_06-1999.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/9990/pr_136-1999-parte_01.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/53431/pelom_009-1999.pdf_-_nextcloud.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/53432/pelom_010-1999.pdf_-_nextcloud.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/53508/pelom_009-1999.pdf_-_nextcloud.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/53509/pelom_010-1999.pdf_-_nextcloud.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/53551/mocao_509-1999_larissa_thayane_moreira.pdf_-_nextcloud.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/8707/pl_018-1999.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/8708/pl-053-1999.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/8709/pl_104-1999_vol._i.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/8895/plc_06-1999.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/9990/pr_136-1999-parte_01.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/53431/pelom_009-1999.pdf_-_nextcloud.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1999/53432/pelom_010-1999.pdf_-_nextcloud.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H353"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="49.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="103.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="134.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="133.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>