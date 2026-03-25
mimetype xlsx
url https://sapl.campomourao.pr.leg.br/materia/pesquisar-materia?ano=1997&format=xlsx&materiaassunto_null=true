--- v0 (2025-12-14)
+++ v1 (2026-03-25)
@@ -54,70 +54,70 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>31932</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>SIDNEI JARDIM</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/31932/indicacao_legislativa-603-97.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/31932/indicacao_legislativa-603-97.pdf</t>
   </si>
   <si>
     <t>De conformidade com o inciso II, § 1° do artigo 128, do Regimento Interno da Casa, indicamos que o Chefe do Executivo encaminhe para análise desta Câmara, o PROJETO DE LEI que -INSTITUI O SERVIDOR DO ANO._x000D_
 De acordo com o que preceitua o artigo 130, do mesmo Regimento, que se digne Vossa Excelência - Presidente da Câmara Municipal, despachar favoravelmente a presente Indicação, com encaminhamento à Comissão Permanente de Legislação e Redação, para as devidas providências.</t>
   </si>
   <si>
     <t>56473</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/</t>
   </si>
   <si>
     <t>de autoria do Poder Executivo - DESAFETA TRECHO DA RUA FORMOSA E DA RUA SÃO PAULO, LOCALIZADAS NO LOTEAMENTO ENGENHEIRO GUTIERREZ DA PLANTA GERAL DO MUNICÍPIO DE CAMPO MOURÃO, AUTORIZA A ALIENAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS. Retirado pelo Poder Executivo. - Arquivo geral em 1º/dezembro/97.</t>
   </si>
   <si>
     <t>56474</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>de autoria do Vereador Izael Skowronski - CRIA A CAMPANHA DE CONSCIENTIZAÇÃO SOBRE EXCEPCIONALIDADE. Indeferido conforme Parecer Jurídico contrário à tramitação. - Arquivo geral em 1º/dezembro/97.</t>
   </si>
   <si>
     <t>56475</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>- PROJETO DE LEI N.º 003/97, de autoria do Vereador Izael Skowronski - PROÍBE O PLANTIO DE ÁRVORES DAS FAMÍLIAS MIRTÁCEAS (EUCALIPTOS) E PROTEÁCEAS (GREVILHAS).  Indeferido conforme parecer jurídico contrário à tramitação. - Arquivo geral em 1º/dezembro/97.</t>
   </si>
   <si>
     <t>56476</t>
   </si>
@@ -828,51 +828,51 @@
   <si>
     <t>82</t>
   </si>
   <si>
     <t>de autoria do Poder Executivo - AUTORIZA DOAÇÃO AO SERVIÇO SOCIAL DA INDÚSTRIA - SESI, VISANDO AMPLIAÇÃO DO CENTRO DE ATIVIDADES, OS LOTES DE TERRAS QUE MENCIONA. Lei nº 1074, de 24/novembro/97 - órgão oficial 388, de 28/11/97. Arquivo geral em 02 de abril/98.</t>
   </si>
   <si>
     <t>56557</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>de autoria do Vereador Edson Battilani - REGULAMENTA  A COLETA SELETIVA DE MATERIAIS RECICLÁVEIS, POR CATADOR  CARRINHEIRO NO PERÍMETRO URBANO DA CIDADE DE CAMPO MOURÃO. - Retirado pelo autor; Arquivo geral em 02 de abril/98.</t>
   </si>
   <si>
     <t>8712</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>EDSON BATTILANI</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/8712/pl__84-1997.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/8712/pl__84-1997.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DO CONJUNTO HABITACIONAL MORADIAS TROPICAL, E FAZ A DESIGNAÇÃO DE SEUS LOGRADOUROS.</t>
   </si>
   <si>
     <t>56558</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>de autoria do Executivo - CRIA, NO ATUAL QUADRO DE PESSOAL DO MUNICÍPIO DE CAMPO MOURÃO, O CARGO ISOLADO DE PROVIMENTO EFETIVO DE ATENDENTE INFANTIL E DÁ OUTRAS PROVIDÊNCIAS. - Lei n.º 1069, de 12 de novembro/97. Arquivo geral em 02 de abril/98.</t>
   </si>
   <si>
     <t>56559</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>de autoria do Executivo - AUTORIZA O MUNICÍPIO DE CAMPO MOURÃO A ALIENAR, MEDIANTE CONCORRÊNCIA OU LEILÃO, OS BENS IMÓVEIS DESOCUPADOS OU OCUPADOS INDEVIDAMENTE, E DÁ OUTRAS PROVIDÊNCIAS. - Lei n.º 1070, de 12 de novembro/97. Arquivo geral em 02 de abril/98.</t>
   </si>
   <si>
     <t>56560</t>
   </si>
@@ -1032,51 +1032,51 @@
   <si>
     <t>104</t>
   </si>
   <si>
     <t>de autoria do Vereador SIDNEI DE SOUZA JARDIM - DENOMINA TRAVESSA JEQUITIBÁ O LOGRADOURO CONSTITUÍDO PELOS LOTES 10 E 33, DA QUADRA 01, DO JARDIM IPÊ, DA PLANTA GERAL DO MUNICÍPIO. Lei nº 1095 - Órgão Oficial nº 402 de 13/02/98. Arquivo geral em 02 de abril/98.</t>
   </si>
   <si>
     <t>56578</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>de autoria dos Vereadores Edson Battilani e João Alves - REGULAMENTA A APLICAÇÃO DE AGROTÓXICOS NO MUNICÍPIO DE CAMPO MOURÃO COM O USO DE EQUIPAMENTOS COSTAL MANUAL, COSTAL MOTORIZADO, TRATORIZADO COM BARRA, ATOMIZADORES E CANHÕES E DÁ OUTRAS PROVIDÊNCIAS. Lei nº 1106, de 20 de março de 1998 - Órgão Oficial nº 409 de 27/03/98. - Arquivo geral em 17 de agosto/98.</t>
   </si>
   <si>
     <t>8713</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>MARIA DOLORES</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/8713/pl_106-1997.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/8713/pl_106-1997.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE INCENTIVO FISCAL PARA A REALIZAÇÃO DE PROJETOS CULTURAIS NO MUNICÍPIO DE CAMPO MOURÃO".</t>
   </si>
   <si>
     <t>56579</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>de autoria da Vereadora Maria Dolores Barrionuevo Alves - DISPÕE SOBRE INCENTIVO FISCAL PARA A REALIZAÇÃO DE PROJETOS CULTURAIS NO MUNICÍPIO DE CAMPO MOURÃO. Lei nº 1103, de 20 de fevereiro de 1998 - Órgão Oficial nº 405 de 27/02/98. Arquivo geral em 02 de abril/98.</t>
   </si>
   <si>
     <t>56580</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>de autoria do Vereador Sidnei de Souza Jardim - INSTITUI O DIA MUNICIPAL DO ROTARACT, A DATA DE 13 DE MARÇO. Lei nº 1093, de 13 de fevereiro de 1998 - Órgão Oficial nº 402 de 13/02/98. Arquivo geral em 02 de abril/98.</t>
   </si>
   <si>
     <t>56581</t>
   </si>
@@ -1152,75 +1152,75 @@
   <si>
     <t>56589</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>de autoria do Vereador José Gilberto de Souza - INSTITUI NO ÂMBITO DO MUNICÍPIO DE CAMPO MOURÃO, O PROGRAMA DE COLETA DE MEDICAMENTOS EM DESUSO. - Rejeitado pelo Plenário em 29 dezembro/97. Arquivo geral em 02 de abril/98.</t>
   </si>
   <si>
     <t>56590</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>de autoria dos Vereadores José Gilberto de Souza e Maria Verci Ribeiro - DISPÕE SOBRE O ATENDIMENTO PRIORITÁRIO AOS IDOSOS, DEFICIENTES FÍSICOS, GESTANTES E MULHERES COM CRIANÇAS DE COLO NOS ÓRGÃOS PÚBLICOS MUNICIPAIS. Lei n.º 1092, de 04/02/98 - Órgão Oficial n.º 401, de 06/02/98. Arquivo geral em 02 de abril/98.</t>
   </si>
   <si>
     <t>54335</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/54335/pl_119-1997_-_lei_1085-1997.pdf_-_nextcloud.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/54335/pl_119-1997_-_lei_1085-1997.pdf_-_nextcloud.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regime jurídico único dos servidores públicos do município das autarquias e das fundações municipais.</t>
   </si>
   <si>
     <t>56591</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>de autoria do Vereador Sidnei de Souza Jardim - DENOMINA RUA ALFONSO GERMANO HRUSCHKA O LOGRADOURO QUE INTERLIGA A RUA JOÃO MENDES PEREIRA DO CONJUNTO RESIDENCIAL PIACENTINI ATÉ A RUA ANA TEODORO DE LIMA, DO JARDIM MODELO. Lei nº 1100, de 13 de fevereiro/98 - órgão oficial nº 404, de 20 de fevereiro/98. Arquivo geral em 02 de abril/98.</t>
   </si>
   <si>
     <t>8715</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/8715/pl_121-1997.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/8715/pl_121-1997.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS À LEI N° 779, DE 11 DE DEZEMBRO DE 1992, ALTERA O ARTIGO 2° DA LEI_x000D_
 N° 849, DE 30 DE DEZEMBRO DE 1993, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>56592</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>de autoria do Vereador Izael Skowronski - ACRESCENTA  DISPOSITIVOS AO ARTIGO 17, DA LEI COMPLEMENTAR N.º 003, DE 29 DE DEZEMBRO DE 1995. (isenção de pagamento de imposto progressivo ao contribuinte que possui um terreno no Município). Indeferido por ferir Resolução 03/97. Arquivo geral em 11 de agosto/98.</t>
   </si>
   <si>
     <t>56593</t>
   </si>
   <si>
     <t>de autoria o Vereador Edson Battilani - ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR N.º 003/97, DE 29/12/95, QUE INSTITUI O PLANO DIRETOR DE CAMPO MOURÃO.( redefiniu leis, Códigos, Regulamentos, Planos, Programas e Outros do Plano Diretor de Campo Mourão) Lei Complementar n.º 004, de 26/06/97. Arquivo geral em 11 de agosto/98.</t>
   </si>
   <si>
     <t>56595</t>
@@ -1237,102 +1237,102 @@
   <si>
     <t>56597</t>
   </si>
   <si>
     <t>de autoria do Vereador Edson Battilani - INSTITUI A SETORIZAÇÃO FÍSICA DE REFERÊNCIA CADASTRAL DO MUNICÍPIO DE CAMPO MOURÃO. Lei Complementar  n.º 006, de 27/01/98 - Órgão Oficial n.º 399, de 30/01/98. Arquivo geral em 11 de agosto/98.</t>
   </si>
   <si>
     <t>56598</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>de autoria da Mesa Executiva - ACRESCENTA DISPOSITIVO AO ARTIGO 70, DO REGIMENTO INTERNO. (competências da Comissão Representativa). Aprovado pelo Plenário. Arquivo geral em 19 de agosto/98.</t>
   </si>
   <si>
     <t>9992</t>
   </si>
   <si>
     <t>EDSON BATTILANI, JOÃO ALVES, JUVENAL VIEIRA, MARIA DOLORES</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9992/pr_002-1997.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9992/pr_002-1997.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA AS JUSTIFICATIVAS DAS AUSÊNCIAS DOS VEREADORES ÀS SESSÕES E REUNIÕES DE COMISSÕES.</t>
   </si>
   <si>
     <t>56599</t>
   </si>
   <si>
     <t>de autoria da Mesa Executiva - ALTERA NORMAS PARA REGISTRO DE SÚMULAS VISANDO A APRESENTAÇÃO DE PROPOSIÇÕES NA CÂMARA MUNICIPAL. Aprovado pelo Plenário. Arquivo geral em 19 de agosto/98.</t>
   </si>
   <si>
     <t>9993</t>
   </si>
   <si>
     <t>EDEVALDO LOUZANO</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9993/pr_004-1997-parte_01.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9993/pr_004-1997-parte_01.pdf</t>
   </si>
   <si>
     <t>INSTITUI O TÍTULO DE MÉRITO DESPORTIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>56600</t>
   </si>
   <si>
     <t>autoria do Izael Skowronski - DÁ NOVA REDAÇÃO AO INCISO I, DO § 2º, DO ARTIGO 279, DO REGIMENTO INTERNO. (transformação do Plenário em comissão geral).  Aprovado pelo Plenário. Arquivo geral em 19 de agosto/98.</t>
   </si>
   <si>
     <t>56601</t>
   </si>
   <si>
     <t>autoria do José Eugênio Maciel - DISPÕE SOBRE A CONCESSÃO DE LICENÇA PARA TRATAMENTO DE SAÚDE AOS VEREADORES  DO MUNICÍPIO DE CAMPO MOURÃO, E DÁ OUTRAS PROVIDÊNCIAS. Aprovado pelo Plenário. Arquivo geral em 19 de agosto/98.</t>
   </si>
   <si>
     <t>56602</t>
   </si>
   <si>
     <t>José Eugênio Maciel - DÁ NOVA REDAÇÃO AO ARTIGO 290, DO REGIMENTO INTERNO. (para convidar autoridades ligadas à administração pública, titulares de órgãos de representação de classes ou pessoas que possuam notório saber para discorrer matéria de interesse do Município). Aprovado pelo Plenário. Arquivo geral em 19 de agosto/98.</t>
   </si>
   <si>
     <t>56603</t>
   </si>
   <si>
     <t>autoria do José Eugênio Maciel - ALTERA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE CAMPO MOURÃO, DANDO NOVA REDAÇÃO AO § 1º, DE SEU ARTIGO 80. (prazo para protocolo de proposições dos Vereadores até às quartas-feiras - 18 horas).  Aprovado pelo Plenário. Arquivo geral em 19 de agosto/98.</t>
   </si>
   <si>
     <t>9994</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9994/pr_009-1997-parte_01.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9994/pr_009-1997-parte_01.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE CAMPO MOURÃO, A COMENDA HONRA AO MÉRITO.</t>
   </si>
   <si>
     <t>56604</t>
   </si>
   <si>
     <t>autoria do Izael Skowronski - DÁ NOVA REDAÇÃO AO ARTIGO 81, DO TEXTO REGIMENTAL, ACRESCENTANDO E ALTERANDO SEUS DISPOSITIVOS. (Tribuna Livre). Aprovado pelo Plenário, publicada em 07/11/97. Republicada no Órgão Oficial 392, de 19/12/97. Arquivo geral em 19 de agosto/98.</t>
   </si>
   <si>
     <t>56605</t>
   </si>
   <si>
     <t>de autoria da Mesa Executiva - REFERENDA O CONVÊNIO N.º 001/97, CELEBRADO ENTRE O MUNICÍPIO DE CAMPO MOURÃO  E A ASSOCIAÇÃO DE PAIS E MESTRES DO COLÉGIO ESTADUAL DR. OSVALDO CRUZ, DATA E OBJETIVO QUE ESPECIFICA. (Ofício n.º 033/97-DEPAD/SEADM., do Poder Executivo). Aprovado pelo Plenário. Arquivo geral em 19 de agosto/98.</t>
   </si>
   <si>
     <t>56606</t>
   </si>
   <si>
     <t>de autoria da Mesa Executiva - REFERENDA O CONVÊNIO N.º 002/97 - DE COOPERAÇÃO TÉCNICA ADMINISTRATIVA, CELEBRADO ENTRE O MUNICÍPIO DE CAMPO MOURÃO  E A ASSOCIAÇÃO DOS MORADORES DA BACIA DO RIO DO CAMPO, DATA E OBJETIVO QUE ESPECIFICA. (Ofício n.º 033/97-DEPAD/SEADM., do Poder Executivo). Aprovado pelo Plenário. Arquivo geral em 19 de agosto/98.</t>
   </si>
   <si>
     <t>56607</t>
   </si>
@@ -1855,87 +1855,87 @@
   <si>
     <t>56695</t>
   </si>
   <si>
     <t>de autoria da Mesa Executiva - REFERENDA O CONVÊNIO DOP/DPLI N.º 5468/97, CELEBRADO ENTRE O MUNICÍPIO DE CAMPO MOURÃO, A COMPANHIA PARANAENSE DE ENERGIA - COPEL, A SECRETARIA DE ESTADO DO MEIO AMBIENTE E RECURSOS HÍDRICOS - SEMA E O INSTITUTO AMBIENTAL DO PARANÁ - IAP, DATA E OBJETIVO QUE ESPECIFICA. - Aprovado pelo Plenário, em 06/10/97. Arquivo geral em 28 de junho/99.</t>
   </si>
   <si>
     <t>56696</t>
   </si>
   <si>
     <t>de autoria da Mesa Executiva - REFERENDA O TERMO DE COOPERAÇÃO TÉCNICA E ADMINISTRATIVA CELEBRADO ENTRE  O ESTADO DO PARANÁ, ATRAVÉS DA SECRETARIA DE ESTADO DA CRIANÇA E ASSUNTOS DA FAMÍLIA, DATA E OBJETIVO QUE ESPECIFICA. - Aprovado pelo Plenário, em 04/11/97. Publicada em 14/11/97. Arquivo geral em 28 de junho/99.</t>
   </si>
   <si>
     <t>56697</t>
   </si>
   <si>
     <t>de autoria da Mesa Executiva - REFERENDA TERMO DE CONVÊNIO CELEBRADO ENTRE O MUNICÍPIO DE CAMPO MOURÃO E A AMPLE - ASSOCIAÇÃO MOURÃOENSE DE PRODUTORES DE LEITE A NOSSAHORTA - ASSOCIAÇÃO DOS PRODUTORES DE HORTIFRUTIGRANJEIROS DE CAMPO MOURÃO. (PROGRAMA ALIMENTO SAUDÁVEL). - Aprovado pelo Plenário, em 06/10/97. Arquivo geral em 28 de junho/99.</t>
   </si>
   <si>
     <t>9995</t>
   </si>
   <si>
     <t>JOSÉ LUIZ GURGEL, SALETE VECCHI</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9995/pr_104-1997.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9995/pr_104-1997.pdf</t>
   </si>
   <si>
     <t>ALTERA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE CAMPO MOURÃO, EM SEU ARTIGO 141, QUE REGULAMENTA MOÇÕES.</t>
   </si>
   <si>
     <t>9996</t>
   </si>
   <si>
     <t>IZAEL</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9996/pr_105-1997-parte_01.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9996/pr_105-1997-parte_01.pdf</t>
   </si>
   <si>
     <t>INSTITUI O TROFÉU MULHER EM DESTAQUE.</t>
   </si>
   <si>
     <t>9999</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9999/pr_106-1997-parte_01.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9999/pr_106-1997-parte_01.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O TÍTULO DE MÉRITO MILITAR MOURÃOENSE"</t>
   </si>
   <si>
     <t>56698</t>
   </si>
   <si>
     <t>de autoria do Vereador Sérgio Martinhago - DÁ NOVA REDAÇÃO AOS ARTIGOS 259, 260 E 261, DO REGIMENTO INTERNO, QUE DISPÕE SOBRE O CÓDIGO DE ÉTICA E DECORO PARLAMENTAR. Publicada no Órgão Oficial n.º 452, de 18/12/98. Republicada por incorreção no Órgão Oficial nº 463, de 05 de março/99. Arquivo geral em 28 de junho/99.</t>
   </si>
   <si>
     <t>10000</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/10000/pr_108-1997-parte_01.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/10000/pr_108-1997-parte_01.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE CAMPO MOURÃO A COMENDA 10 DE OUTUBRO.</t>
   </si>
   <si>
     <t>56699</t>
   </si>
   <si>
     <t>de autoria da Mesa Executiva - REFERENDA  O 2º TERMO ADITIVO AO CONVÊNIO N.º 04914/96, FIRMADO ENTRE O MUNICÍPIO DE CAMPO MOURÃO  E O FUNDO NACIONAL DE DESENVOLVIMENTO DA EDUCAÇÃO, DATA E OBJETIVO QUE ESPECIFICA. Publicada no órgão oficial n.º  388, de 28/11/97. Arquivo geral em 28 de junho/99.</t>
   </si>
   <si>
     <t>56700</t>
   </si>
   <si>
     <t>de autoria da Mesa Executiva - REFERENDA O 2º TERMO ADITIVO AO CONVÊNIO N.º 05176/96, FIRMADO ENTRE A PREFEITURA MUNICIPAL DE CAMPO MOURÃO E O FUNDO NACIONAL DE DESENVOLVIMENTO DA EDUCAÇÃO, DATA E OBJETIVO QUE ESPECIFICA. Publicada no órgão oficial n.º  388, de 28/11/97. Arquivo geral em 28 de junho/99.</t>
   </si>
   <si>
     <t>56701</t>
   </si>
   <si>
     <t>de autoria da Mesa Executiva - REFERENDA O 2º TERMO ADITIVO AO CONVÊNIO N.º 0958/96, FIRMADO ENTRE A PREFEITURA MUNICIPAL DE CAMPO MOURÃO E O FUNDO NACIONAL DE DESENVOLVIMENTO DA EDUCAÇÃO, DATA E OBJETIVA QUE ESPECIFICA. Publicada no órgão oficial n.º  388, de 28/11/97. Arquivo geral em 28 de junho/99.</t>
   </si>
   <si>
     <t>56702</t>
   </si>
@@ -1969,60 +1969,60 @@
   <si>
     <t>56707</t>
   </si>
   <si>
     <t>de autoria da Mesa Executiva - REFERENDA O CONVÊNIO DE COOPERAÇÃO TÉCNICA N.º 22/97, CELEBRADO ENTRE O MUNICÍPIO E CO COLÉGIO AGRÍCOLA PARA EXECUÇÃO DO PROJETO ALIMENTAR O FUTURO. Aprovado pelo Plenário - publicado em 12/12/97. Arquivo geral em 28 de junho/99.</t>
   </si>
   <si>
     <t>56708</t>
   </si>
   <si>
     <t>de autoria da Mesa Executiva - REFERENDA O TERMO DE CONVÊNIO CELEBRADO ENTRE O MUNICÍPIO E A EMATER/PR - VILA RURAL. Aprovado pelo Plenário - publicado em 12/12/97. Arquivo geral em 28 de junho/99.</t>
   </si>
   <si>
     <t>56709</t>
   </si>
   <si>
     <t>de autoria dos Vereadores Izael Skowronski, Edson Battilani, José Eugênio Maciel, Sidnei de Souza Jardim, Edevaldo Louzano, Janir Luiz Barbosa, Juvenal Vieira, José Gilberto de Souza, Maria Dolores Barrionuevo Alves, e Sérgio Martinhago - CONCEDE TÍTULO DE CIDADÃ BENEMÉRITA DO MUNICÍPIO DE CAMPO MOURÃO À SENHORA MARLETE FERREIRA. Publicada Órgão Oficial n.º 411, de 03/04/98. Arquivo geral em 28 de junho/99.</t>
   </si>
   <si>
     <t>10001</t>
   </si>
   <si>
     <t>JOSÉ EUGÊNIO MACIEL</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/10001/pr_120-1997-parte_01.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/10001/pr_120-1997-parte_01.pdf</t>
   </si>
   <si>
     <t>INSTITUI O TÍTULO DE VULTO EMÉRITO EDUCACIONAL.</t>
   </si>
   <si>
     <t>10002</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/10002/pr_121-1997-parte_01.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/10002/pr_121-1997-parte_01.pdf</t>
   </si>
   <si>
     <t>INSTITUI O TÍTULO DE VULTO EMÉRITO CULTURAL.</t>
   </si>
   <si>
     <t>56710</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>de autoria da Mesa Executiva - REFERENDA TERMO DE CONVÊNIO CELEBRADO ENTRE O MUNICÍPIO DE CAMPO MOURÃO / ESTADO DO PARANÁ, ATRAVÉS DA SECRETARIA DE ESTADO DA CIÊNCIA, TECNOLOGIA E ENSINO SUPERIOR E A FECILCAM. Publicada Órgão Oficial n.º 395, de 31/12/97. Arquivo geral em 28 de junho/99.</t>
   </si>
   <si>
     <t>56711</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>de autoria da Mesa Executiva - REFERENDA TERMO DE CONVÊNIO N.º 040/97, CELEBRADO ENTRE O MUNICÍPIO DE CAMPO MOURÃO E O GRUPO INTEGRADO DE ENSINO. Publicada Órgão Oficial n.º 395, de 31/12/97. Arquivo geral em 28 de junho/99.</t>
   </si>
   <si>
     <t>56712</t>
   </si>
@@ -2104,51 +2104,51 @@
   <si>
     <t>56721</t>
   </si>
   <si>
     <t>de autoria do Vereador Edson Battilani - RENUMERA ARTIGOS DA LEI ORGÂNICA MUNICIPAL, EXISTENTES A PARTIR DA SUBSEÇÃO III, DO CAPÍTULO VI, DO TÍTULO III. Publicada no Órgão Oficial nº 411, de 03 de abril/98. Arquivo geral em 11 de agosto/98.</t>
   </si>
   <si>
     <t>56722</t>
   </si>
   <si>
     <t>, de autoria do Vereador Edson Battilani - DÁ NOVA REDAÇÃO AO INCISO II, § 3º, DO ARTIGO 24, DA LEI ORGÂNICA MUNICIPAL, PERMITINDO A REELEIÇÃO PARA CARGOS DA MESA EXECUTIVA DA CÂMARA MUNICIPAL DE CAMPO MOURÃO.- Rejeitada nas Comissões. Arquivo geral em 11 de agosto/98.</t>
   </si>
   <si>
     <t>45435</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/45435/requerimento_706-1997_estacionamento_regulamentado.docx</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/45435/requerimento_706-1997_estacionamento_regulamentado.docx</t>
   </si>
   <si>
     <t>O vereador que o presente subscreve requer a mesa ouvido o plenário seja enviado oficio ao senhor Prefeito Tauilo Telezzi para que informe a esta casa de leis os motivos que levaram a não regulamentação e devido estabelecimento da lei 828 de 08 de novembro de 1993 que estabelece estacionamento regulamentado de veiculos automotores em vias e logradouros públicos e dá outras providencias,</t>
   </si>
   <si>
     <t>56723</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto total ao Projeto de Lei n.º 087/96, de autoria do vereador JOSÉ DE SOUZA LOPES - Denomina Professor João Bakes Sobrinho, a Escola Padrão localizada no Jardim Lar Paraná. Veto Mantido.  Arquivo geral em 21 de agosto/98.</t>
   </si>
   <si>
     <t>56724</t>
   </si>
   <si>
     <t>Veto total ao Projeto de Lei n.º  102/97, de autoria do Vereador JOSÉ DE SOUZA LOPES, Denomina Professora Francisca Soares Costa o logradouro constituído pela Avenida das Torres, trecho entre a Avenida Manoel Mendes de Camargo até a Rua João Batista Salvadori, da planta geral do Município. Veto Mantido. Arquivo geral em 21 de agosto/98.</t>
   </si>
   <si>
     <t>56725</t>
   </si>
@@ -2533,68 +2533,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/31932/indicacao_legislativa-603-97.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/8712/pl__84-1997.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/8713/pl_106-1997.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/54335/pl_119-1997_-_lei_1085-1997.pdf_-_nextcloud.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/8715/pl_121-1997.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9992/pr_002-1997.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9993/pr_004-1997-parte_01.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9994/pr_009-1997-parte_01.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9995/pr_104-1997.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9996/pr_105-1997-parte_01.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9999/pr_106-1997-parte_01.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/10000/pr_108-1997-parte_01.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/10001/pr_120-1997-parte_01.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/10002/pr_121-1997-parte_01.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/45435/requerimento_706-1997_estacionamento_regulamentado.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/31932/indicacao_legislativa-603-97.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/8712/pl__84-1997.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/8713/pl_106-1997.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/54335/pl_119-1997_-_lei_1085-1997.pdf_-_nextcloud.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/8715/pl_121-1997.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9992/pr_002-1997.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9993/pr_004-1997-parte_01.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9994/pr_009-1997-parte_01.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9995/pr_104-1997.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9996/pr_105-1997-parte_01.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/9999/pr_106-1997-parte_01.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/10000/pr_108-1997-parte_01.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/10001/pr_120-1997-parte_01.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/10002/pr_121-1997-parte_01.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1997/45435/requerimento_706-1997_estacionamento_regulamentado.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H274"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="49.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="59" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="134" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="133.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>