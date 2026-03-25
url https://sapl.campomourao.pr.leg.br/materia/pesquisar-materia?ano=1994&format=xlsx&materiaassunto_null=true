--- v0 (2025-10-22)
+++ v1 (2026-03-25)
@@ -51,51 +51,51 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>56166</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – ABRE UM CRÉDITO ADICIONAL ESPECIAL NO VALOR DE Cr$ 3.000.000,00, PARA FAZER FACE A INVESTIMENTOS DE INFRA-ESTRUTURA, AÇÃO SOCIAIS, E DÁ OUTRAS PROVIDÊNCIAS . (Projeto de Lei 095/94 do Poder Executivo). Lei 852, de 09/02/94. Livro 01 – página 14.</t>
   </si>
   <si>
     <t>56167</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – CRIA CADASTRO MUNICIPAL DE ALIMENTOS CASEIROS E DÁ OUTRAS PROVIDÊNCIAS . (ESTAREMOS DANDO MAIOR SEGURANÇA AOS PRODUTORES, BEM COMO AOS CONSUMIDORES, EVITANDO-SE ASSIM QUE MERCADORIAS CONGÊNERES PRODUZIDAS NOUTROS MUNICÍPIO, SEM A DEVIDA FISCALIZAÇÃO). (Projeto de Lei 096/94 da Vereadora Raymundo Couto Piacentini). Lei 853, de 10/03/94. Livro 01 – página 32.</t>
   </si>
   <si>
     <t>56168</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – INSTITUI O DIA MUNICIPAL DO DOADOR DE SANGUE, E DÁ OUTRAS PROVIDÊNCIAS . (SER COMEMORADO ANUALMENTE, NO DIA 25 DE NOVEMBRO). (Projeto de Lei 097/94 da Vereadora Bárbara Raymundo Couto Piacentini). Livro 01 – página 43. VETADO.</t>
   </si>
   <si>
     <t>56169</t>
   </si>
@@ -327,51 +327,51 @@
   <si>
     <t>56195</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – INSTITUI O FUNDO MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS. (TEM OBJETIVO DE CRIAR CONDIÇÕES FINANCEIRAS E DE GERÊNCIA DOS RECURSOS DESTINADOS AO DESENVOLVIMENTO DAS AÇÕES DE SAÚDE). (Projeto de Lei 124/94 do Poder Executivo). Lei 870, de 10/06/94. Livro 03 – página 590. ALTERADA PELA LEI Nº 877 DE 08 DE SETEMBRO DE 1994.</t>
   </si>
   <si>
     <t>56196</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – DISPÕE SOBRE O ENSINO DE XADREZ NAS ESCOLAS PÚBLICAS MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS. (AS ESCOLAS PÚBLICAS MUNICIPAIS OFERTARÃO, A TÍTULO DE FORMAÇÃO ESPECIAL, COMO PRÁTICA DESPORTIVA, O ENSINO DE XADREZ PARA OS ALUNOS DE TODOS OS PERÍODOS QUE SE INTERESSAREM POR ESSA MODALIDADE). (Projeto de Lei 126/94 do Vereador Itamar Agustinho Tagliari). Lei 872, de 05/07/94. Livro 04 – página 668.</t>
   </si>
   <si>
     <t>54332</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1994/54332/pl_127-1994_tiro_de_guerra.pdf_-_nextcloud.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1994/54332/pl_127-1994_tiro_de_guerra.pdf_-_nextcloud.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CAMPO MOURÃO A REQUERER A INSTALAÇÃO DO TIRO-DE-GUERRA DE CAMPO MOURÃO, A FIRMAR CONVÊNIOS COM O GOVERNO DO ESTADO E MINISTÉRIO DO EXÉRCITO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>56197</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – ALTERA DISPOSITIVOS DA LEI Nº 812/93, QUE DEU NOVA REDAÇÃO À LEI Nº 595/88, AUTORIZATIVA DA CRIAÇÃO DA FUNDAÇÃO DE ESPORTES DE CAMPO MOURÃO, E DÁ OUTRAS PROVIDÊNCIAS. (AUTORIZATIVA DA CRIAÇÃO DA FUNDAÇÃO DE ESPORTES DE CAMPO MOURÃO). (Projeto de Lei 128/94 do Poder Executivo). Livro 04 – página 693. RETIRADO.</t>
   </si>
   <si>
     <t>56198</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – DISPÕE SOBRE A CRIAÇÃO DE LUGARES RESERVADOS A SENHORAS COM CRIANÇAS, DEFICIENTES FÍSICOS, IDOSOS E GESTANTES NOS ÔNIBUS MUNICIPAIS. (FICA INSTITUIDO NOS ONIBUS DO MUNICIPIO LUGARES RESERVADOS E SENHORAS COM CRIANÇAS, DEFICIENTES FÍSICOS, IDOSOS E GESTANTES). (Projeto de Lei 129/94 da Bárbara Raymundo Couto Piacentini). Lei 880, de 09/0994. Livro 04 – página 749.</t>
   </si>
   <si>
     <t>56199</t>
   </si>
@@ -525,51 +525,51 @@
   <si>
     <t>56216</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – DISPÕE SOBRE A FIXAÇÃO DE PLACAS INFORMATIVAS NAS SALAS DE RECEPÇÃO DOS ESTABELECIMENTOS DE ATENDIMENTO MÉDICO-HOSPITALAR DA REDE PÚBLICA MUNICIPAL DE SAÚDE, E DÁ OUTRAS PROVIDÊNCIAS. (DEVERÃO CONTER O NOME, ESPECIALIDADE E O CRM DOS MÉDICOS EM SERVIÇO, BEM COMO O HORÁRIO DE INÍCIO E TÉRMINO DO EXPEDIENTE A SER CUMPRIDO PELOS REFERIDOS PROFISSIONAIS). (Projeto de Lei 147/94 do Vereador Celso Romualdo Ferrari). Lei 885, de 11/11/94. Livro 05 – página 1089.</t>
   </si>
   <si>
     <t>56217</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – DISPÕE SOBRE A PROIBIÇÃO DE QUEIMADAS, E DÁ OUTRAS PROVIDÊNCIAS. (PROIBIDO O EMPREGO DE FOGO PARA FINS DE LIMPEZA E PREPARO DO SOLO NO MUNICÍPIO DE CAMPO MOURÃO, INCLUSIVE PARA O PREPARO DO PLANTIO E PARA COLHEITA DE CANA-DE-AÇUCAR E OUTRAS CULTURAS). (Projeto de Lei 148/94 do Vereador Celso Romualdo Ferrari). Livro 05 – página 1097. RETIRADO PELO AUTOR EM 06 DE DEZEMBRO DE 1994.</t>
   </si>
   <si>
     <t>54333</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1994/54333/pl_149-1994_tombamento_cruz_historica.pdf_-_nextcloud.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1994/54333/pl_149-1994_tombamento_cruz_historica.pdf_-_nextcloud.pdf</t>
   </si>
   <si>
     <t>Autoriza o tombamento da cruz histórica e capela que a abriga, ao patrimônio Histórico -cultural  do município, localizadas no Jardim Santa Cruz e dá outras providências.</t>
   </si>
   <si>
     <t>56218</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – NORMATIZA A DOAÇÃO DE PEDRAS BRITADAS, E DÁ OUTRAS PROVIDÊNCIAS. (Projeto de Lei 150/94 dos Vereadores Levi Queiroz da Paixão e Valdemar Zamoro). Livro 05 – página 1149. RETIRADO PELOS AUTORES EM 08 DE DEZEMBRO DE 1994.</t>
   </si>
   <si>
     <t>56219</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – REVOGA A LEI Nº 494, DE 12 DE MAIO DE 1986, QUE DECLAROU DE PRESERVAÇÃO PERMANENTE O HORTO MUNICIPAL DE CAMPO MOURÃO. (DECLARA DE PRESERVAÇÃO PERMANENTE O HORTO MUNICIPAL DE CAMPO MOURÃO). (Projeto de Lei 151/94 do Poder Executivo). Lei 886, de 17/11/94. Livro 05 – página 1170.</t>
   </si>
   <si>
     <t>56220</t>
   </si>
@@ -975,68 +975,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1994/54332/pl_127-1994_tiro_de_guerra.pdf_-_nextcloud.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1994/54333/pl_149-1994_tombamento_cruz_historica.pdf_-_nextcloud.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1994/54332/pl_127-1994_tiro_de_guerra.pdf_-_nextcloud.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1994/54333/pl_149-1994_tombamento_cruz_historica.pdf_-_nextcloud.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="132.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>