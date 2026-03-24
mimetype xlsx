--- v0 (2025-10-20)
+++ v1 (2026-03-24)
@@ -51,63 +51,63 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>55995</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, JUNTO A SECRETARIA DE ESPORTES E LAZER, DESTINADO A AUXÍLIO FINANCEIRO AO SPORT CLUB CAMPO MOURÃO, NO VALOR DE Cr$ 12.000.000,00. (PARA SPORT CLUB CAMPO MOURÃO, À GUISA DE AJUDA FINANCEIRA). (Projeto de Lei 01/91 do Poder Executivo). Lei 722, de 12/02/91. Livro 01 – página 43.</t>
   </si>
   <si>
     <t>54329</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1991/54329/pl_02-1991.pdf_-_nextcloud.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1991/54329/pl_02-1991.pdf_-_nextcloud.pdf</t>
   </si>
   <si>
     <t>"Cria o MUSEU MUNICIPAL e dá outras providências".</t>
   </si>
   <si>
     <t>55996</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – AUTORIZA ALIENAÇÃO DE IMÓVEL DOADO AO SENHOR DEOLINDO MENDES PEREIRA. (PARA SALDAR DÍVIDAS DEIXA, APESAR DO AUXÍLIO RECEBIDO DE PARENTES, SEU ÚNICO IMÓVEL ESTÁ REPRESENTADO PELO OBJETO DA LEI Nº 388/83). (Projeto de Lei 03/91 do Vereador José Carlos Teodoro de Oliveira). Lei 725, de 08/04/91. Livro 01 – página 087.</t>
   </si>
   <si>
     <t>55997</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – DISPÕE O SERVIÇO DE AUTOMÓVEIS DE ALUGUEL NO MUNICÍPIO DE CAMPO MOURÃO E DÁ OUTRAS PROVIDÊNCIAS. (SERVIÇO DE TRANSPORTE DE PASSAGEIROS EM VEÍCULOS DE ALUGUEL É DE UTILIDADE PÚBLICA DE ENORME RELEVÂNCIA EM TODAS AS CIDADES MODERNAS). (Projeto de Lei 04/91 do Poder Executivo). Livro 04 – página 116. VETADO, O VETO 01/91 FOI MANTIDO TENDO O SEGUINTE RESULTADO, 8 VOTOS MANTIDO, 3 VOTOS REJEITADO, AUSENTES  OS VEREADORES, JOSÉ HAITO E LUIZ CARLOS KEHL.</t>
   </si>
   <si>
     <t>55998</t>
   </si>
@@ -141,51 +141,51 @@
   <si>
     <t>8</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – AUTORIZA O PODER EXECUTIVO A INCLUIR NO ORÇAMENTO GERAL E APROVAR POR DECRETO OS ORÇAMENTOS DOS FUNDOS INSTITUÍDOS PELO MUNICÍPIO. (INCLUIR NO ORÇAMENTO GERAL DO MUNICÍPIO PARA O EXERCÍCIO DE 1991, DOTAÇÕES REFERENTES A FUNDOS INSTITUÍDOS PELO MUNICÍPIO E MANTIDOS PELO PODER PÚBLICO). (Projeto de Lei 08/91 do Poder Executivo). Lei 727, de 27/05/91. Livro 01 – página 258.</t>
   </si>
   <si>
     <t>56002</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – ESTABELECE NOME PARA CONJUNTO RESIDENCIAL E DENOMINA SUAS RUAS PROJETADAS. (PARA REGULARIZAR O LOTEAMENTO, PROPICIANDO CONDIÇÕES PARA O SEU USO REGULAR, COM FACILIDADE DE LOCALIZAÇÃO E DE IDENTIFICAÇÃO). (Projeto de Lei 09-91/92 do Vereador Carlos Alfonso Staniszewski). Lei 728, de 20/06/91. Livro 01 – página 268.</t>
   </si>
   <si>
     <t>8719</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>CARLOS ALFONSO STANISZEWSKI</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1991/8719/pl_013-1991.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1991/8719/pl_013-1991.pdf</t>
   </si>
   <si>
     <t>"Institui a promoção "FESTA DO CARNEIRO NO BURACO", a ser incluída no Calendário Turístico de Campo Mourão".</t>
   </si>
   <si>
     <t>56003</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – ALTERA ARTIGO 1 DE LEI Nº 546/87, DECLARANDO A FUNDACAM DE UTILIDADE PÚBLICA. (PARA ACRESCENTAR A PALAVRAS “DECLARADA DE UTILIDADE PÚBLICA”). (Projeto de Lei 14/91 do Poder Executivo). Lei 732, de 20/06/91. Livro 01 – página 363.</t>
   </si>
   <si>
     <t>56004</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – ESTABELECE O NÚMERO MÁXIMO DE EMPRESAS DE SERVIÇO FUNERÁRIO E DECLARA 2 DELAS SEM FINS LUCRATIVOS. (VISA TRANQUILIZAR O IMPORTANTE SETOR DOS SERVIÇOS FUNERÁRIOS). (Projeto de Lei 15/91 do Vereador Júlio Vieira dos Santos). Livro 02 – página 366. REJEITADO EM 05/08/91.</t>
   </si>
   <si>
     <t>56005</t>
   </si>
@@ -762,68 +762,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1991/54329/pl_02-1991.pdf_-_nextcloud.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1991/8719/pl_013-1991.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1991/54329/pl_02-1991.pdf_-_nextcloud.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1991/8719/pl_013-1991.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>