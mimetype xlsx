--- v0 (2025-10-20)
+++ v1 (2026-03-25)
@@ -51,51 +51,51 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>54502</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – AUTORIZA A CONSTRUÇÃO DE UM AERÓDROMO NO DISTRITO DE RONCADOR. (COSTRUIR UM AERÓDROMO, PODENDO PARA ESSE FIM DESPENDER A IMPORTÂNCIA NECESSÁRIA DE ACORDO COM ESTUDO, PROJETO E ORÇAMENTO QUE, PREVIAMENTE, DEVERÃO SER ELABORADOS POR ORGÃO TÉCNICO DA PREFEITURA MUNICIPAL). Lei 03, de 29/08/57. Livro 01 – página 02. (TAMBÉM ESTA NO LIVRO DE PROJETOS DE LEI 1956 À 1964, PÁGINA 43, PROJETO DE LEI Nº 01/57).</t>
   </si>
   <si>
     <t>54503</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – FICA O PODER EXECUTIVO AUTORIZADO A ABRIR UM CRÉDITO ESPECIAL DE Cr$ 40.000,00 DESTINADOS A CONSTRUÇÃO DE UMA CASA ESCOLAR NESTE MUNICIPIO, NO LOCAL DENOMINADO CÓRREGO RAPOSO TAVARES, DISTRITO DE BARBOSA FERRAZ. Lei 04, de 29/08/57. Livro 01 – página 07. (TAMBÉM ESTA NO LIVRO DE PROJETOS DE LEI 1956 À 1964, PÁGINA 44, PROJETO DE LEI Nº 02/57).</t>
   </si>
   <si>
     <t>54504</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>de autoria do Poder Executivo – FICA O SENHOR PREFEITO MUNICIPAL AUTORIZADO A CELEBRAR UM CONVÊNIO COM O GOVERNO DO ESTADO, NO QUAL ESTE, ORGÃO DE SUA ADMINISTRAÇÃO QUE INDICAR, SE OBRIGUE A EXECUTAR AS OBRAS DE ABASTECIMENTO DE ÁGUA POTÁVEL E REDE DE ESGOTOS NA CIDADE DE CAMPO MOURÃO. (Lei 06, de 30/09/57. Livro 01 – página 11. (TAMBÉM ESTA NO LIVRO DE PROJETOS DE LEI 1956 À 1964, PÁGINA 45, PROJETO DE LEI Nº 04/57).</t>
   </si>
   <si>
     <t>54505</t>
   </si>
@@ -390,51 +390,51 @@
   <si>
     <t>36</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – AUTORIZA O PODER EXECUTIVO A CONCEDER AUXÍLIO FINANCEIRO A LINHAS DE TRANSPORTE COLETIVO DE PASSAGEIROS NAS ZONAS URBANA E SUBURBANA DESTA CIDADE. Lei 35, de 26/12/57. Livro 01 – página 241. (TAMBÉM ESTA NO LIVRO DE PROJETOS DE LEI 1956 À 1964, PÁGINA 59, PROJETO DE LEI Nº 31/57).</t>
   </si>
   <si>
     <t>54539</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – AUTORIZA O PODER EXECUTIVO A CONCEDER AUXILIO DE Cr$ 300.000,00, AO CLUBE SOCIAL E RECREATIVO 10 DE OUTUBRO, DESTA CIDADE. (PARA REFORÇO DAS DOTAÇÕES DO ORÇAMENTO VIGENTE). Lei 19, de 18/12/57. Livro 01 – página 134. REJEITADO.</t>
   </si>
   <si>
     <t>53500</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1957/53500/pr_07-1957_-_perda_de_mandato_januario_pinheiro.pdf_-_nextcloud.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1957/53500/pr_07-1957_-_perda_de_mandato_januario_pinheiro.pdf_-_nextcloud.pdf</t>
   </si>
   <si>
     <t>Fica decretada na forma do art.15 da Lei o art. 15 da Lei n'12 1/54 - Regimento Interno da Câmara Municipal - a perda o mandato do Vereador JANUARIO PINHEIRO, do Partido Social Democrático, provocado  mediante representação dos Vereadores JOÃO °TALES MENDES E ALCIDES FERREIRA, por haver o referido vereador faltado as reuniões desta Câmara em a necessária licença e por ter transferido a sua residência para fora território municipal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -741,68 +741,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1957/53500/pr_07-1957_-_perda_de_mandato_januario_pinheiro.pdf_-_nextcloud.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1957/53500/pr_07-1957_-_perda_de_mandato_januario_pinheiro.pdf_-_nextcloud.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="143.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="142.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>