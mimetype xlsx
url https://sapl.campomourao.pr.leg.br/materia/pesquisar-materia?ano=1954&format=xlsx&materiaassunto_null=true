--- v0 (2025-10-22)
+++ v1 (2026-03-25)
@@ -51,51 +51,51 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>54398</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/</t>
   </si>
   <si>
     <t>de autoria do Poder Executivo – APROVA A ESCALA DE PADRÕES E SALARIOS DO PESSOAL EXTRANUMERARIO MENSALISTA DA PREFEITURA MUNICIPAL. (FICA APROVADO A ESCALA PADRÃO DE SALARIOS DO PESSOAL EXTRA-NUMERARIO MENSALISTA DA PREFEITURA MUNICIPAL). Livro 01 – página 02.</t>
   </si>
   <si>
     <t>54399</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>de autoria do Poder Executivo – AUTORIZA O EXECUTIVO A POR EM CONCORRENCIA PÚBLICA O SERVIÇO TELEFONICO NESTE MUNICIPIO. Livro 01 – página 06.</t>
   </si>
   <si>
     <t>54400</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>de autoria do Poder Executivo – APROVA A ESCALA DE PADRÃO DIÁRIAS PARA O PESSOAL JORNALEIRO EXTRANURÁRIOS DA PREFEITURA. (FICA APROVADA A SEGUINTE ESCALA-PADRÃO DE DIÁRIAS PARA SALARIOS DO PESSOAL JORNALEIRO EXTRANUMERARIO DIARISTA DA PREFEITURA MUNICIPAL). Livro 01 – página 10.</t>
   </si>
   <si>
     <t>54401</t>
   </si>
@@ -288,51 +288,51 @@
   <si>
     <t>54425</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>de autoria do Poder Executivo – FICA O PODER EXECUTIVO AUTORIZADO A DISPENDER DO CRÉDITO ESPECIAL DE Cr$ 40.000,00, PARA EM FORMA DE DOAÇÃO SER DESTINADA Á CONSTRUÇÃO DA CASA PRÓPRIA DO M.M. JUIZ DE DIREITO DESTA COMARCA, DR. HERCULES DE MACEDO ROCHA. Livro 01 – página 97.</t>
   </si>
   <si>
     <t>54426</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – AUTORIZA O PODER EXECUTIVO A ABRIR UM CRÉDITO ESPECIAL DE Cr$ 100.000,00 PARA DOAÇÃO DA NÓVA MATRIZ DESTA CIDADE. (PARA ÓBRAS DA CONSTRUÇÃO DA NÓVA MATRIZ DESTA CIDADE). Livro 01 – página 104.</t>
   </si>
   <si>
     <t>8731</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1954/8731/pl_27-1954_praca_getulio_vargas.pdf</t>
+    <t>http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1954/8731/pl_27-1954_praca_getulio_vargas.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a denominar de Praça Getúlio Vargas a atual 10 de Outubro"</t>
   </si>
   <si>
     <t>54427</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – FICA O PODER EXECUTIVO AUTORIZADO A ABRIR UM CRÉDITO ESPECIAL DE Cr$ 11.724,50, PARA SATISFAZER O PAGAMENTO DAS DESPESAS OCORRIDAS POR OCASIÃO DA VISITA DO EXMO. SR. GOVERNADOR DO ESTADO, COM SUA COMITIVA, A ESTE MUNICIPIO. Livro 01 – página 119.</t>
   </si>
   <si>
     <t>54428</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>de autoria do Poder Legislativo – AUTORIZA O PODER EXECUTIVO A ABRIR UM CRÉDITO ESPECIAL DE Cr$ 10.000,00. (PARA SATISFAZER AO PAGAMENTO DA PONTE CONSTRUÍDA SOBRE O RIO COMISSÁRIO NESTE MUNICIPIO). Livro 01 – página 123</t>
   </si>
   <si>
     <t>54429</t>
   </si>
@@ -702,68 +702,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1954/8731/pl_27-1954_praca_getulio_vargas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/sapl/public/materialegislativa/1954/8731/pl_27-1954_praca_getulio_vargas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomourao.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="109.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="109" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>